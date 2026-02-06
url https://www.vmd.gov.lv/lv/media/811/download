--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0F03E9C8" w14:textId="77777777" w:rsidR="00FF26AE" w:rsidRPr="00A2472A" w:rsidRDefault="00FF26AE" w:rsidP="00FF26AE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2472A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pārskats</w:t>
       </w:r>
       <w:r w:rsidRPr="00A2472A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -84,113 +84,113 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2800"/>
         <w:gridCol w:w="2548"/>
         <w:gridCol w:w="2586"/>
         <w:gridCol w:w="6024"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D4527E" w:rsidRPr="00A2472A" w14:paraId="397E8E63" w14:textId="77777777" w:rsidTr="008D1E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6BE3CEF1" w14:textId="094CAD8B" w:rsidR="00FF26AE" w:rsidRPr="00A2472A" w:rsidRDefault="00FF26AE" w:rsidP="008D1E46">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:pStyle w:val="Galvene"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D86D928" w14:textId="77777777" w:rsidR="00FF26AE" w:rsidRPr="00A2472A" w:rsidRDefault="000A1164" w:rsidP="008D1E46">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:pStyle w:val="Galvene"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2472A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>virsmežniecība</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="594592B2" w14:textId="6A6E0085" w:rsidR="00FF26AE" w:rsidRPr="00A2472A" w:rsidRDefault="00FF26AE" w:rsidP="008D1E46">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:pStyle w:val="Galvene"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D199539" w14:textId="77777777" w:rsidR="00FF26AE" w:rsidRPr="00A2472A" w:rsidRDefault="00D4527E" w:rsidP="008D1E46">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:pStyle w:val="Galvene"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2472A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>mežniecība</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="47294E45" w14:textId="77777777" w:rsidR="00FF26AE" w:rsidRPr="00A2472A" w:rsidRDefault="00FF26AE" w:rsidP="00FF26AE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1215,113 +1215,134 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r w:rsidRPr="00C92C02">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C92C02">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>ma numurs</w:t>
+              <w:t>ma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C92C02">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> numurs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DE0F13E" w14:textId="4553B789" w:rsidR="00E90D72" w:rsidRPr="00C92C02" w:rsidRDefault="00E90D72" w:rsidP="000D190B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E5C18C0" w14:textId="48A99C43" w:rsidR="00E90D72" w:rsidRPr="000D190B" w:rsidRDefault="000D190B" w:rsidP="000D190B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D190B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apliecināju</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000D190B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>ma derīguma termiņš</w:t>
+              <w:t>ma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D190B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> derīguma termiņš</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E2E35A5" w14:textId="77777777" w:rsidR="00E90D72" w:rsidRPr="00C92C02" w:rsidRDefault="00E90D72" w:rsidP="008D1E46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C92C02">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Cirsmas Nr.</w:t>
@@ -1346,83 +1367,95 @@
             <w:r w:rsidRPr="00C92C02">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Zemes vienības kadastra apzīmējums </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48F16D09" w14:textId="77777777" w:rsidR="00E90D72" w:rsidRPr="00C92C02" w:rsidRDefault="00E90D72" w:rsidP="008D1E46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C92C02">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Kv. Nr.</w:t>
+              <w:t>Kv</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C92C02">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F0DD90" w14:textId="77777777" w:rsidR="00E90D72" w:rsidRPr="00C92C02" w:rsidRDefault="00E90D72" w:rsidP="008D1E46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C92C02">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nog</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6370E1B5" w14:textId="77777777" w:rsidR="00E90D72" w:rsidRPr="00C92C02" w:rsidRDefault="00E90D72" w:rsidP="008D1E46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C92C02">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2793" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
@@ -2884,51 +2917,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2675">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35870DB0" w14:textId="77777777" w:rsidR="00FF26AE" w:rsidRPr="004B2675" w:rsidRDefault="00FF26AE" w:rsidP="008D1E46">
             <w:pPr>
-              <w:pStyle w:val="Heading3"/>
+              <w:pStyle w:val="Virsraksts3"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2675">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Iesniedzēja paraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6008" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1924DBA0" w14:textId="77777777" w:rsidR="00FF26AE" w:rsidRPr="004B2675" w:rsidRDefault="00FF26AE" w:rsidP="008D1E46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2965,269 +2998,272 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2479A2D6" w14:textId="77777777" w:rsidR="00FF26AE" w:rsidRPr="00A2472A" w:rsidRDefault="00FF26AE" w:rsidP="00883E31">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6008" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69689F24" w14:textId="77777777" w:rsidR="00FF26AE" w:rsidRPr="00A2472A" w:rsidRDefault="00FF26AE" w:rsidP="00883E31">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:pStyle w:val="Galvene"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00883E31" w:rsidRPr="00A2472A" w14:paraId="718799FA" w14:textId="77777777" w:rsidTr="00883E31">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5328" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="310E2AE1" w14:textId="77777777" w:rsidR="00883E31" w:rsidRPr="00A2472A" w:rsidRDefault="00883E31" w:rsidP="00883E31">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="078FCF89" w14:textId="77777777" w:rsidR="00883E31" w:rsidRPr="00A2472A" w:rsidRDefault="00883E31" w:rsidP="00883E31">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6008" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33196D6C" w14:textId="77777777" w:rsidR="00883E31" w:rsidRPr="00A2472A" w:rsidRDefault="00883E31" w:rsidP="00883E31">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:pStyle w:val="Galvene"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7977C77D" w14:textId="77777777" w:rsidR="00FF26AE" w:rsidRPr="00A2472A" w:rsidRDefault="00FF26AE" w:rsidP="00FF26AE">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2472A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BB2019">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00A2472A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>šo veidlapu izstrādājis VMD un tai ir ieteikuma raksturs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FCE3917" w14:textId="0F8C481E" w:rsidR="001232A5" w:rsidRPr="00A2472A" w:rsidRDefault="00BC0CAC" w:rsidP="00A2472A">
       <w:pPr>
-        <w:pStyle w:val="Footer"/>
+        <w:pStyle w:val="Kjene"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4153"/>
           <w:tab w:val="clear" w:pos="8306"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00FF26AE" w:rsidRPr="00A2472A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00BB2019">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00FF26AE" w:rsidRPr="00A2472A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">norāda koku apjoma noteikšanas veidu: 1 – augošu koku uzmērīšana; 2 – sagatavotu kokmateriālu uzmērīšana; 3 - pēc meža inventarizācijas datiem </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001232A5" w:rsidRPr="00A2472A" w:rsidSect="00F36745">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="540" w:right="1440" w:bottom="180" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RimTimes">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FF26AE"/>
     <w:rsid w:val="00091425"/>
     <w:rsid w:val="000A1164"/>
     <w:rsid w:val="000D190B"/>
     <w:rsid w:val="00104846"/>
     <w:rsid w:val="001232A5"/>
     <w:rsid w:val="001426D0"/>
     <w:rsid w:val="00185001"/>
     <w:rsid w:val="001A34EF"/>
     <w:rsid w:val="001B3910"/>
     <w:rsid w:val="001B6546"/>
     <w:rsid w:val="001E45D3"/>
     <w:rsid w:val="001E5E5D"/>
     <w:rsid w:val="0024340D"/>
     <w:rsid w:val="002936FD"/>
     <w:rsid w:val="002B3117"/>
     <w:rsid w:val="002B5E2C"/>
     <w:rsid w:val="00341C7F"/>
     <w:rsid w:val="00345989"/>
     <w:rsid w:val="003B6841"/>
     <w:rsid w:val="00404427"/>
     <w:rsid w:val="0043368A"/>
     <w:rsid w:val="004470B2"/>
     <w:rsid w:val="004651E6"/>
     <w:rsid w:val="004B2675"/>
     <w:rsid w:val="00556BDC"/>
     <w:rsid w:val="006D72C1"/>
     <w:rsid w:val="006E493D"/>
     <w:rsid w:val="006F63BA"/>
+    <w:rsid w:val="007D7676"/>
+    <w:rsid w:val="008236D2"/>
     <w:rsid w:val="00837959"/>
     <w:rsid w:val="00883E31"/>
     <w:rsid w:val="008D1E46"/>
     <w:rsid w:val="009B0DD4"/>
     <w:rsid w:val="00A2472A"/>
     <w:rsid w:val="00A324E2"/>
     <w:rsid w:val="00AD331D"/>
     <w:rsid w:val="00AD3758"/>
     <w:rsid w:val="00BB2019"/>
     <w:rsid w:val="00BC0CAC"/>
     <w:rsid w:val="00BF6FB8"/>
     <w:rsid w:val="00C35F54"/>
     <w:rsid w:val="00C92C02"/>
     <w:rsid w:val="00D26995"/>
     <w:rsid w:val="00D4527E"/>
     <w:rsid w:val="00DB2BAE"/>
     <w:rsid w:val="00DC6A60"/>
     <w:rsid w:val="00DE270C"/>
     <w:rsid w:val="00E0545B"/>
     <w:rsid w:val="00E57D6E"/>
     <w:rsid w:val="00E90D72"/>
     <w:rsid w:val="00E96368"/>
     <w:rsid w:val="00EA1738"/>
     <w:rsid w:val="00EE673F"/>
     <w:rsid w:val="00F10BEC"/>
@@ -3242,51 +3278,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E24C2EF"/>
   <w15:docId w15:val="{BAA3D7AA-3067-4B06-94AD-4AA3441DD71A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3621,216 +3657,216 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FF26AE"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:qFormat/>
     <w:rsid w:val="00FF26AE"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:qFormat/>
     <w:rsid w:val="00FF26AE"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00FF26AE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="RimTimes" w:hAnsi="RimTimes"/>
       <w:sz w:val="24"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00FF26AE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
     <w:rsid w:val="009B0DD4"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...1 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:link w:val="Balonteksts"/>
     <w:rsid w:val="009B0DD4"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="00E0545B"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:rsid w:val="00E0545B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
     <w:rsid w:val="00E0545B"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:rsid w:val="00E0545B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
     <w:rsid w:val="00E0545B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>