--- v0 (2025-10-14)
+++ v1 (2026-01-21)
@@ -1,101 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\liga.sinica-sinavska\Desktop\Komandejumi 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6E58DA0-2B04-455A-A930-B87BE0C532D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5202A42-425D-4C7F-A418-D0759C2248EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{C917B191-51D2-4C71-A648-B427184A09AC}"/>
   </bookViews>
   <sheets>
     <sheet name="tabula" sheetId="1" r:id="rId1"/>
     <sheet name="izvelnes" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="49">
   <si>
     <t>Informācija par ārvalstu komandējumu izdevumiem</t>
   </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Amata nosaukums</t>
   </si>
   <si>
     <t>Mēnesis</t>
   </si>
   <si>
     <t>Dienu skaits</t>
   </si>
   <si>
     <t>Valsts, pilsēta</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Komandējuma mērķis 
 </t>
     </r>
     <r>
       <rPr>
@@ -256,227 +232,213 @@
   <si>
     <t>Eiropas Savienības finanšu instrumenti</t>
   </si>
   <si>
     <t>Eiropas Savienības institūcijas finansējums</t>
   </si>
   <si>
     <t>Eiropas Savienības Padomes finansējums</t>
   </si>
   <si>
     <t>Starptautiskās institūcijas finansējums</t>
   </si>
   <si>
     <t>Starptautisko projektu finanšu līdzekļi</t>
   </si>
   <si>
     <t>Uzņemošās puses finansējums</t>
   </si>
   <si>
     <t>Valsts pamatbudžets</t>
   </si>
   <si>
     <t>Departamenta direktora vietnieks</t>
   </si>
   <si>
-    <t>Virsmežzinis</t>
-[...4 lines deleted...]
-  <si>
     <t>Daļas vadītājs</t>
   </si>
   <si>
-    <t>Vecākais eksperts</t>
-[...53 lines deleted...]
-    <t>ekonomiskā</t>
+    <t>Oktobris</t>
+  </si>
+  <si>
+    <t>Ekonomiskā</t>
+  </si>
+  <si>
+    <t>Novembris</t>
+  </si>
+  <si>
+    <t>Decembris</t>
+  </si>
+  <si>
+    <t>Francija, Parīze</t>
+  </si>
+  <si>
+    <t>Praktisks mācību seminārs</t>
+  </si>
+  <si>
+    <t>Rumānija, Brasova</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
@@ -489,109 +451,114 @@
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -847,1330 +814,446 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F8A15C8-AE04-4F5A-A333-99BF8E0EC9E4}">
-  <dimension ref="A2:L33"/>
+  <dimension ref="A2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J15" sqref="J15"/>
+      <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="34.5546875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="28.109375" customWidth="1"/>
     <col min="3" max="3" width="13.88671875" customWidth="1"/>
-    <col min="5" max="5" width="20.109375" customWidth="1"/>
-    <col min="6" max="6" width="44.77734375" customWidth="1"/>
+    <col min="5" max="5" width="16.33203125" customWidth="1"/>
+    <col min="6" max="6" width="33.88671875" customWidth="1"/>
     <col min="7" max="7" width="19.33203125" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
     <col min="9" max="9" width="11.5546875" customWidth="1"/>
     <col min="10" max="10" width="11.6640625" customWidth="1"/>
     <col min="11" max="11" width="10.6640625" customWidth="1"/>
     <col min="12" max="12" width="13.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:12" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A2" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="14"/>
       <c r="C2" s="14"/>
       <c r="D2" s="14"/>
       <c r="E2" s="14"/>
       <c r="F2" s="14"/>
       <c r="G2" s="14"/>
       <c r="H2" s="14"/>
       <c r="I2" s="14"/>
       <c r="J2" s="14"/>
       <c r="K2" s="14"/>
       <c r="L2" s="14"/>
     </row>
-    <row r="4" spans="1:12" ht="55.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="6" t="s">
+    <row r="4" spans="1:12" ht="54.6" x14ac:dyDescent="0.3">
+      <c r="A4" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="6" t="s">
+      <c r="B4" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="C4" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="6" t="s">
+      <c r="D4" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="6" t="s">
+      <c r="E4" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="6" t="s">
+      <c r="F4" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="6" t="s">
+      <c r="G4" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="6" t="s">
+      <c r="H4" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="7" t="s">
+      <c r="I4" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="J4" s="7" t="s">
+      <c r="J4" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="K4" s="6" t="s">
+      <c r="K4" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="L4" s="8" t="s">
+      <c r="L4" s="12" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="5">
+    <row r="5" spans="1:12" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A5" s="9">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D5" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>48</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="H5" s="11">
-[...11 lines deleted...]
-    <row r="6" spans="1:12" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="H5" s="2">
+        <v>1581.18</v>
+      </c>
+      <c r="I5" s="2">
+        <v>515.67999999999995</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" s="2">
+        <v>175</v>
+      </c>
+      <c r="L5" s="2">
+        <v>302.64</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A6" s="1">
         <v>2</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D6" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>46</v>
+      </c>
+      <c r="F6" s="15" t="s">
+        <v>31</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="H6" s="11">
-[...2 lines deleted...]
-      <c r="I6" s="12"/>
+      <c r="H6" s="2">
+        <v>0</v>
+      </c>
+      <c r="I6" s="13">
+        <v>0</v>
+      </c>
       <c r="J6" s="2"/>
-      <c r="K6" s="11">
-[...7 lines deleted...]
-      <c r="A7" s="5">
+      <c r="K6" s="2">
+        <v>120</v>
+      </c>
+      <c r="L6" s="3">
+        <v>5.28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>45</v>
+      </c>
+      <c r="D7" s="5">
+        <v>6</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="G7" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="H7" s="11">
-[...909 lines deleted...]
-      <c r="L33" s="13"/>
+      <c r="H7" s="5">
+        <v>0</v>
+      </c>
+      <c r="I7" s="5">
+        <v>0</v>
+      </c>
+      <c r="J7" s="5"/>
+      <c r="K7" s="5">
+        <v>192</v>
+      </c>
+      <c r="L7" s="6">
+        <v>15.84</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:L2"/>
   </mergeCells>
-  <phoneticPr fontId="6" type="noConversion"/>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J5" xr:uid="{7D1D798B-3DA3-4F96-9A35-8CD4953B5A32}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C5:C7" xr:uid="{703792D1-45FF-4D96-B431-F41B9BAC5B65}">
+      <formula1>"Janvāris,Februāris,Marts,Aprīlis,Maijs,Jūnijs,Jūlijs,Augusts,Septembris,Oktobris,Novembris,Decembris"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J5:J7" xr:uid="{7D1D798B-3DA3-4F96-9A35-8CD4953B5A32}">
       <formula1>"Biznesa,Ekonomiskā"</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>"Janvāris,Februāris,Marts,Aprīlis,Maijs,Jūnijs,Jūlijs,Augusts,Septembris,Oktobris,Novembris,Decembris"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{BD4CD33A-AE08-4A06-A254-8C9D71378B89}">
           <x14:formula1>
             <xm:f>izvelnes!$A$1:$A$19</xm:f>
           </x14:formula1>
-          <xm:sqref>F5:F33</xm:sqref>
+          <xm:sqref>F5:F7</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{4B2742D3-7A14-49A5-B02B-2C82D634257E}">
           <x14:formula1>
             <xm:f>izvelnes!$A$30:$A$37</xm:f>
           </x14:formula1>
-          <xm:sqref>G5:G33</xm:sqref>
+          <xm:sqref>G5:G7</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60818220-D13D-4B26-94D6-722EF5735D28}">
   <dimension ref="A1:A37"/>
   <sheetViews>
     <sheetView topLeftCell="A21" workbookViewId="0">
       <selection activeCell="A36" sqref="A36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="70.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A1" s="3" t="s">
+      <c r="A1" s="7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A3" s="3" t="s">
+      <c r="A3" s="7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A8" s="3" t="s">
+      <c r="A8" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A9" s="3" t="s">
+      <c r="A9" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A11" s="3" t="s">
+      <c r="A11" s="7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A12" s="3" t="s">
+      <c r="A12" s="7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A15" s="3" t="s">
+      <c r="A15" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A17" s="3" t="s">
+      <c r="A17" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A18" s="3" t="s">
+      <c r="A18" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A19" s="3" t="s">
+      <c r="A19" s="7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A30" s="4" t="s">
+      <c r="A30" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A31" s="4" t="s">
+      <c r="A31" s="8" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A32" s="4" t="s">
+      <c r="A32" s="8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A33" s="4" t="s">
+      <c r="A33" s="8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A34" s="4" t="s">
+      <c r="A34" s="8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A35" s="4" t="s">
+      <c r="A35" s="8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A36" s="4" t="s">
+      <c r="A36" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A37" s="4" t="s">
+      <c r="A37" s="8" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A30:A37">
     <sortCondition ref="A30:A37"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101005D2B602845B0154BA2652344BF792124" ma:contentTypeVersion="14" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="211a89b031fc1d0bc657f0141999cf5a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0" xmlns:ns4="b06eb0b4-95fb-4672-a63a-da5c294ad11e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="367bbbf0d09c3f691536041825d3b6df" ns3:_="" ns4:_="">
     <xsd:import namespace="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0"/>
     <xsd:import namespace="b06eb0b4-95fb-4672-a63a-da5c294ad11e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
@@ -2353,90 +1436,81 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD9BC023-4345-44AD-97B1-9C07F765542A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B1868B9-DB67-475F-966D-67F099183AE0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0"/>
     <ds:schemaRef ds:uri="b06eb0b4-95fb-4672-a63a-da5c294ad11e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2D51F00-5C9C-436F-BA15-FF4F66032158}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>