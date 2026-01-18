--- v0 (2025-10-19)
+++ v1 (2026-01-18)
@@ -2,139 +2,141 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4CAEBC4D" w14:textId="040324B6" w:rsidR="008726F9" w:rsidRDefault="00012814" w:rsidP="00CE1EF6">
+    <w:p w14:paraId="4CAEBC4D" w14:textId="521A4750" w:rsidR="008726F9" w:rsidRDefault="000E3AAB" w:rsidP="00CE1EF6">
       <w:pPr>
         <w:ind w:left="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="418DDC11" wp14:editId="7E662991">
-[...2 lines deleted...]
-            <wp:docPr id="532592071" name="Chart 1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="552EB7EE" wp14:editId="3956EAAC">
+            <wp:extent cx="9811385" cy="4745355"/>
+            <wp:effectExtent l="0" t="0" r="18415" b="17145"/>
+            <wp:docPr id="942118681" name="Chart 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B754301-C63F-4AAA-8396-5DE348858DE4}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008726F9" w:rsidSect="00CE1EF6">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="536" w:bottom="1800" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA5F33"/>
     <w:rsid w:val="00012814"/>
     <w:rsid w:val="00035290"/>
     <w:rsid w:val="000D56B9"/>
+    <w:rsid w:val="000E3AAB"/>
     <w:rsid w:val="00195435"/>
     <w:rsid w:val="00353766"/>
     <w:rsid w:val="00354A50"/>
     <w:rsid w:val="00472F74"/>
     <w:rsid w:val="004C0A86"/>
+    <w:rsid w:val="004E6D54"/>
     <w:rsid w:val="008726F9"/>
     <w:rsid w:val="0088441A"/>
     <w:rsid w:val="009C0981"/>
     <w:rsid w:val="00A65C6E"/>
     <w:rsid w:val="00A804B1"/>
     <w:rsid w:val="00AA5F33"/>
     <w:rsid w:val="00AA73B5"/>
     <w:rsid w:val="00BE74F1"/>
     <w:rsid w:val="00C23F14"/>
     <w:rsid w:val="00CE1EF6"/>
     <w:rsid w:val="00D14E75"/>
     <w:rsid w:val="00E43D4E"/>
     <w:rsid w:val="00F1713A"/>
     <w:rsid w:val="00F456E7"/>
     <w:rsid w:val="00F60099"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -926,51 +928,51 @@
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>24000</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>23000</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>21000</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>19000</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>18000</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>17000</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-C73A-476D-BF0B-C82D44163FC3}"/>
+              <c16:uniqueId val="{00000000-844D-4986-AB2F-A86910FA293B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Limits</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
@@ -1193,59 +1195,59 @@
                 <c:pt idx="17">
                   <c:v>7801</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>8286</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>8738</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>9084</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>8493</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>7810</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>6555</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>5904</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>5268</c:v>
+                  <c:v>5272</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-C73A-476D-BF0B-C82D44163FC3}"/>
+              <c16:uniqueId val="{00000001-844D-4986-AB2F-A86910FA293B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Nomedīts</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent3"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
@@ -1473,51 +1475,51 @@
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>7791</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>7163</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>6521</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>6110</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>5153</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>4522</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-C73A-476D-BF0B-C82D44163FC3}"/>
+              <c16:uniqueId val="{00000002-844D-4986-AB2F-A86910FA293B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="102887808"/>
         <c:axId val="102889344"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="102887808"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
@@ -1646,58 +1648,58 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="lv-LV"/>
           </a:p>
         </c:txPr>
       </c:dTable>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="lv-LV"/>
     </a:p>