--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -10,75 +10,75 @@
   <Override PartName="/xl/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/xl/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ilgvars.zihmanis\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F70577DE-3106-431E-AC10-886C3D7D2C6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A2AC2A55-752A-46B8-9781-3CE73F553A2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet3" sheetId="3" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Sheet1!$A$1:$K$121</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Sheet1!$A$1:$K$126</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <pivotCaches>
     <pivotCache cacheId="6" r:id="rId3"/>
   </pivotCaches>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion1">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataSignature="AMtx7mjqKe+Ac29hB2aSNxVQws8SWCnovA=="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="495" uniqueCount="104">
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>Novads</t>
   </si>
   <si>
     <t>Plēsējs</t>
   </si>
   <si>
     <t>Nogalināts</t>
   </si>
   <si>
     <t>Nog.skaits</t>
   </si>
   <si>
     <t>Ievainots</t>
   </si>
   <si>
     <t>Iev. skaits</t>
   </si>
   <si>
     <t>Pazudis</t>
   </si>
   <si>
@@ -317,50 +317,80 @@
   </si>
   <si>
     <t>Vecates</t>
   </si>
   <si>
     <t>Dekšāres</t>
   </si>
   <si>
     <t>Lauberes</t>
   </si>
   <si>
     <t>Straupes</t>
   </si>
   <si>
     <t>Veclaicenes</t>
   </si>
   <si>
     <t>Bilskas</t>
   </si>
   <si>
     <t>Mālpils</t>
   </si>
   <si>
     <t>Naujenes</t>
   </si>
+  <si>
+    <t>Blontu</t>
+  </si>
+  <si>
+    <t>Bērzgales</t>
+  </si>
+  <si>
+    <t>Lazdulejas</t>
+  </si>
+  <si>
+    <t>Kaunatas</t>
+  </si>
+  <si>
+    <t>Barkavas</t>
+  </si>
+  <si>
+    <t>Stāmerienas</t>
+  </si>
+  <si>
+    <t>Krustpils</t>
+  </si>
+  <si>
+    <t>Kurzemes</t>
+  </si>
+  <si>
+    <t>Dienvidkurzemes</t>
+  </si>
+  <si>
+    <t>Gramzdas</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd&quot;.&quot;mm&quot;.&quot;yyyy"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -483,154 +513,154 @@
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="pivotCache/pivotCacheDefinition1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Ilgvars Zihmanis" refreshedDate="45950.523258564812" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="175" xr:uid="{E87FF931-A7AC-40AE-BFBB-2C8BF13A5CF9}">
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Ilgvars Zihmanis" refreshedDate="45993.783369328703" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="180" xr:uid="{E87FF931-A7AC-40AE-BFBB-2C8BF13A5CF9}">
   <cacheSource type="worksheet">
-    <worksheetSource ref="A1:K176" sheet="Sheet1"/>
+    <worksheetSource ref="A1:K181" sheet="Sheet1"/>
   </cacheSource>
   <cacheFields count="11">
     <cacheField name="Datums" numFmtId="164">
-      <sharedItems containsNonDate="0" containsDate="1" containsString="0" containsBlank="1" minDate="2025-01-14T00:00:00" maxDate="2025-10-18T00:00:00"/>
+      <sharedItems containsNonDate="0" containsDate="1" containsString="0" containsBlank="1" minDate="2025-01-14T00:00:00" maxDate="2025-11-29T00:00:00"/>
     </cacheField>
     <cacheField name="Virsmežniecība" numFmtId="0">
       <sharedItems containsBlank="1" count="16">
         <s v="Dienvidu"/>
         <s v="Austrumu"/>
         <s v="Vidzemes"/>
         <s v="Centra"/>
+        <s v="Kurzemes"/>
         <m/>
-        <s v="Kurzemes" u="1"/>
         <s v="Zemgales" u="1"/>
         <s v="Sēlijas" u="1"/>
         <s v="Dienvidkurzemes" u="1"/>
         <s v="Centrālvidzemes" u="1"/>
         <s v="Austrumlatgales" u="1"/>
         <s v="Ziemeļvidzemes" u="1"/>
         <s v="Ziemeļaustrumu" u="1"/>
         <s v="Ziemeļkurzemes" u="1"/>
         <s v="Dienvidlatgales" u="1"/>
         <s v="Rīgas reģionālā" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Novads" numFmtId="0">
       <sharedItems containsBlank="1" count="29">
         <s v="Jēkabpils"/>
         <s v="Balvu"/>
         <s v="Augšdaugavas"/>
         <s v="Aizkraukles"/>
         <s v="Madonas"/>
         <s v="Ludzas"/>
         <s v="Limbažu"/>
         <s v="Siguldas"/>
         <s v="Valkas"/>
         <s v="Smiltenes"/>
         <s v="Rēzeknes"/>
         <s v="Gulbenes"/>
         <s v="Līvānu"/>
         <s v="Alūksnes"/>
         <s v="Preiļu"/>
         <s v="Tukuma"/>
         <s v="Ogres"/>
         <s v="Cēsu"/>
         <s v="Valmieras"/>
         <s v="Krāslavas"/>
+        <s v="Dienvidkurzemes"/>
         <m/>
         <s v="Jelgavas" u="1"/>
-        <s v="Dienvidkurzemes" u="1"/>
         <s v="Bauskas" u="1"/>
         <s v="Talsu" u="1"/>
         <s v="Dobeles" u="1"/>
         <s v="Varakļānu" u="1"/>
         <s v="Kuldīgas" u="1"/>
         <s v="Saldus" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Pagasts" numFmtId="0">
       <sharedItems containsBlank="1"/>
     </cacheField>
     <cacheField name="Plēsējs" numFmtId="0">
       <sharedItems containsBlank="1" count="7">
         <s v="vilks"/>
         <s v="lūsis"/>
         <s v="nezināms"/>
         <s v="lācis"/>
         <m/>
         <s v="lapsa" u="1"/>
         <s v="suns" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Nogalināts" numFmtId="0">
       <sharedItems containsBlank="1"/>
     </cacheField>
     <cacheField name="Nog.skaits" numFmtId="0">
-      <sharedItems containsString="0" containsBlank="1" containsNumber="1" containsInteger="1" minValue="1" maxValue="19"/>
+      <sharedItems containsString="0" containsBlank="1" containsNumber="1" containsInteger="1" minValue="1" maxValue="21"/>
     </cacheField>
     <cacheField name="Ievainots" numFmtId="0">
       <sharedItems containsBlank="1"/>
     </cacheField>
     <cacheField name="Iev. skaits" numFmtId="0">
       <sharedItems containsString="0" containsBlank="1" containsNumber="1" containsInteger="1" minValue="1" maxValue="10"/>
     </cacheField>
     <cacheField name="Pazudis" numFmtId="0">
       <sharedItems containsBlank="1"/>
     </cacheField>
     <cacheField name="Paz.skaits" numFmtId="0">
       <sharedItems containsString="0" containsBlank="1" containsNumber="1" containsInteger="1" minValue="1" maxValue="8"/>
     </cacheField>
   </cacheFields>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{725AE2AE-9491-48be-B2B4-4EB974FC3084}">
       <x14:pivotCacheDefinition/>
     </ext>
   </extLst>
 </pivotCacheDefinition>
 </file>
 
 <file path=xl/pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="175">
+<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="180">
   <r>
     <d v="2025-01-14T00:00:00"/>
     <x v="0"/>
     <x v="0"/>
     <s v="Zasas"/>
     <x v="0"/>
     <s v="govs"/>
     <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <d v="2025-01-17T00:00:00"/>
     <x v="1"/>
     <x v="1"/>
     <s v="Rugāju"/>
     <x v="0"/>
     <s v="aita"/>
     <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
@@ -1486,1547 +1516,1618 @@
     <x v="1"/>
     <s v="Tilžas"/>
     <x v="0"/>
     <s v="suns"/>
     <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <d v="2025-09-29T00:00:00"/>
     <x v="1"/>
     <x v="10"/>
     <s v="Silmalas"/>
     <x v="0"/>
     <s v="suns"/>
     <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <d v="2025-09-29T00:00:00"/>
+    <x v="1"/>
+    <x v="5"/>
+    <s v="Blontu"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="1"/>
+    <s v="aita"/>
+    <n v="1"/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-09-29T00:00:00"/>
     <x v="2"/>
     <x v="17"/>
     <s v="Straupes"/>
     <x v="0"/>
     <s v="aita"/>
     <n v="4"/>
     <s v="aita"/>
     <n v="2"/>
     <m/>
     <m/>
   </r>
   <r>
     <d v="2025-10-12T00:00:00"/>
     <x v="3"/>
     <x v="7"/>
     <s v="Mālpils"/>
     <x v="0"/>
     <s v="kaza"/>
     <n v="3"/>
     <s v="kaza"/>
     <n v="10"/>
     <s v="kaza"/>
     <n v="2"/>
   </r>
   <r>
     <d v="2025-10-12T00:00:00"/>
     <x v="1"/>
     <x v="10"/>
     <s v="Silmalas"/>
     <x v="0"/>
     <s v="suns"/>
     <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
+    <d v="2025-10-14T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Lazdulejas"/>
+    <x v="0"/>
+    <s v="suns"/>
+    <n v="2"/>
+    <m/>
+    <m/>
+    <m/>
+    <m/>
+  </r>
+  <r>
     <d v="2025-10-17T00:00:00"/>
     <x v="0"/>
     <x v="2"/>
     <s v="Naujenes"/>
     <x v="0"/>
     <s v="govs"/>
     <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
-    <m/>
+    <d v="2025-10-19T00:00:00"/>
+    <x v="1"/>
+    <x v="10"/>
+    <s v="Bērzgales"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="7"/>
+    <m/>
+    <m/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-10-25T00:00:00"/>
+    <x v="1"/>
+    <x v="11"/>
+    <s v="Beļavas"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="2"/>
+    <s v="aita"/>
+    <n v="1"/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-10-26T00:00:00"/>
+    <x v="1"/>
+    <x v="10"/>
+    <s v="Kaunatas"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="2"/>
+    <s v="aita"/>
+    <n v="1"/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-10-29T00:00:00"/>
+    <x v="2"/>
+    <x v="4"/>
+    <s v="Barkavas"/>
+    <x v="0"/>
+    <s v="kaza"/>
+    <n v="4"/>
+    <s v="kaza"/>
+    <n v="2"/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-10-30T00:00:00"/>
+    <x v="3"/>
+    <x v="16"/>
+    <s v="Lauberes"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="21"/>
+    <m/>
+    <m/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-11-01T00:00:00"/>
+    <x v="1"/>
+    <x v="10"/>
+    <s v="Bērzgales"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="1"/>
+    <s v="aita"/>
+    <n v="1"/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-11-20T00:00:00"/>
+    <x v="1"/>
+    <x v="11"/>
+    <s v="Stāmerienas"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="13"/>
+    <s v="aita"/>
+    <n v="5"/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-11-25T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Krustpils"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="2"/>
+    <m/>
+    <m/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-11-27T00:00:00"/>
     <x v="4"/>
     <x v="20"/>
-    <m/>
-[...4 lines deleted...]
-    <m/>
+    <s v="Gramzdas"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="3"/>
+    <s v="aita"/>
+    <n v="5"/>
     <m/>
     <m/>
   </r>
   <r>
-    <m/>
-[...5 lines deleted...]
-    <m/>
+    <d v="2025-11-28T00:00:00"/>
+    <x v="0"/>
+    <x v="3"/>
+    <s v="Zalves"/>
+    <x v="0"/>
+    <s v="govs"/>
+    <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
-    <x v="4"/>
-[...65 lines deleted...]
-    <x v="20"/>
+    <x v="5"/>
+    <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
 </pivotCacheRecords>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{28DF8FE3-A0D1-436F-B4D1-90954FB40731}" name="PivotTable1" cacheId="6" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Values" updatedVersion="8" minRefreshableVersion="3" useAutoFormatting="1" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
-  <location ref="A3:B27" firstHeaderRow="1" firstDataRow="1" firstDataCol="1" rowPageCount="1" colPageCount="1"/>
+  <location ref="A3:B29" firstHeaderRow="1" firstDataRow="1" firstDataCol="1" rowPageCount="1" colPageCount="1"/>
   <pivotFields count="11">
     <pivotField numFmtId="164" showAll="0"/>
     <pivotField axis="axisRow" showAll="0">
       <items count="17">
         <item m="1" x="10"/>
         <item m="1" x="9"/>
         <item m="1" x="8"/>
         <item m="1" x="14"/>
         <item m="1" x="15"/>
         <item m="1" x="7"/>
         <item m="1" x="6"/>
         <item m="1" x="12"/>
         <item m="1" x="13"/>
         <item m="1" x="11"/>
-        <item x="4"/>
+        <item x="5"/>
         <item x="3"/>
         <item x="0"/>
-        <item m="1" x="5"/>
+        <item x="4"/>
         <item x="2"/>
         <item x="1"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" dataField="1" showAll="0">
       <items count="30">
         <item x="13"/>
         <item x="2"/>
         <item x="1"/>
         <item x="17"/>
-        <item m="1" x="22"/>
+        <item x="20"/>
         <item x="11"/>
         <item x="0"/>
         <item x="19"/>
         <item m="1" x="27"/>
         <item x="6"/>
         <item x="5"/>
         <item x="4"/>
         <item x="14"/>
         <item x="10"/>
         <item m="1" x="28"/>
         <item x="7"/>
         <item x="9"/>
         <item m="1" x="24"/>
         <item x="15"/>
         <item x="8"/>
         <item x="18"/>
         <item x="16"/>
-        <item x="20"/>
-        <item m="1" x="21"/>
+        <item x="21"/>
+        <item m="1" x="22"/>
         <item m="1" x="23"/>
         <item m="1" x="25"/>
         <item m="1" x="26"/>
         <item x="3"/>
         <item x="12"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField axis="axisPage" showAll="0">
       <items count="8">
         <item m="1" x="5"/>
         <item m="1" x="6"/>
         <item x="0"/>
         <item x="4"/>
         <item x="3"/>
         <item x="1"/>
         <item x="2"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
   </pivotFields>
   <rowFields count="2">
     <field x="1"/>
     <field x="2"/>
   </rowFields>
-  <rowItems count="24">
+  <rowItems count="26">
     <i>
       <x v="11"/>
     </i>
     <i r="1">
       <x v="15"/>
     </i>
     <i r="1">
       <x v="18"/>
     </i>
     <i r="1">
       <x v="21"/>
     </i>
     <i>
       <x v="12"/>
     </i>
     <i r="1">
       <x v="1"/>
     </i>
     <i r="1">
       <x v="6"/>
     </i>
     <i r="1">
       <x v="12"/>
     </i>
     <i r="1">
       <x v="27"/>
     </i>
     <i r="1">
       <x v="28"/>
+    </i>
+    <i>
+      <x v="13"/>
+    </i>
+    <i r="1">
+      <x v="4"/>
     </i>
     <i>
       <x v="14"/>
     </i>
     <i r="1">
       <x v="3"/>
     </i>
     <i r="1">
       <x v="9"/>
     </i>
     <i r="1">
       <x v="11"/>
     </i>
     <i r="1">
       <x v="16"/>
     </i>
     <i r="1">
       <x v="19"/>
     </i>
     <i r="1">
       <x v="20"/>
     </i>
     <i>
       <x v="15"/>
     </i>
@@ -3254,284 +3355,300 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A593C449-3168-43F6-A5C0-671A53314EE5}">
-  <dimension ref="A1:B27"/>
+  <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="18.296875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" s="9" t="s">
         <v>39</v>
       </c>
       <c r="B4" s="15">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="15">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>64</v>
       </c>
       <c r="B6" s="15">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>67</v>
       </c>
       <c r="B7" s="15">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="15">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="15">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="15">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="15">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="15">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>54</v>
       </c>
       <c r="B13" s="15">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="B14" s="15">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="B15" s="15">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A16" s="10" t="s">
-        <v>38</v>
+      <c r="A16" s="9" t="s">
+        <v>29</v>
       </c>
       <c r="B16" s="15">
-        <v>1</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="B17" s="15">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B18" s="15">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="B19" s="15">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="B20" s="15">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A21" s="9" t="s">
-        <v>19</v>
+      <c r="A21" s="10" t="s">
+        <v>43</v>
       </c>
       <c r="B21" s="15">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="B22" s="15">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A23" s="10" t="s">
-        <v>20</v>
+      <c r="A23" s="9" t="s">
+        <v>19</v>
       </c>
       <c r="B23" s="15">
-        <v>8</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B24" s="15">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="B25" s="15">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B26" s="15">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A27" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B27" s="15">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A28" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B26" s="15">
-[...4 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="B28" s="15">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A29" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="B27" s="15">
-        <v>66</v>
+      <c r="B29" s="15">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:S1010"/>
+  <dimension ref="A1:S1015"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="1" topLeftCell="D53" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="1" topLeftCell="D71" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="B63" sqref="B63"/>
+      <selection pane="bottomRight" activeCell="J85" sqref="J85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.59765625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.59765625" customWidth="1"/>
     <col min="2" max="2" width="14.69921875" customWidth="1"/>
     <col min="3" max="4" width="13.69921875" customWidth="1"/>
     <col min="5" max="5" width="10.69921875" customWidth="1"/>
     <col min="6" max="6" width="9.09765625" customWidth="1"/>
     <col min="7" max="7" width="10.19921875" customWidth="1"/>
     <col min="8" max="11" width="8" customWidth="1"/>
     <col min="12" max="19" width="7.59765625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="12" t="s">
@@ -6039,440 +6156,636 @@
       </c>
       <c r="F70" s="7" t="s">
         <v>22</v>
       </c>
       <c r="G70" s="7">
         <v>1</v>
       </c>
       <c r="H70" s="7"/>
       <c r="I70" s="7"/>
       <c r="J70" s="7"/>
       <c r="K70" s="7"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
     </row>
     <row r="71" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="5">
         <v>45929</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="E71" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G71" s="7">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H71" s="7" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J71" s="7"/>
       <c r="K71" s="7"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
     </row>
     <row r="72" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="5">
-        <v>45942</v>
+        <v>45929</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E72" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="7" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="G72" s="7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H72" s="7" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="I72" s="7">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="K72" s="7">
         <v>2</v>
       </c>
+      <c r="J72" s="7"/>
+      <c r="K72" s="7"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
     </row>
     <row r="73" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="5">
         <v>45942</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="E73" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="7" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="G73" s="7">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="K73" s="7"/>
+        <v>3</v>
+      </c>
+      <c r="H73" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="I73" s="7">
+        <v>10</v>
+      </c>
+      <c r="J73" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="K73" s="7">
+        <v>2</v>
+      </c>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
     </row>
     <row r="74" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="5">
-        <v>45947</v>
+        <v>45942</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>93</v>
+        <v>66</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G74" s="7">
         <v>1</v>
       </c>
       <c r="H74" s="7"/>
       <c r="I74" s="7"/>
       <c r="J74" s="7"/>
       <c r="K74" s="7"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
     </row>
     <row r="75" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="2"/>
-[...9 lines deleted...]
-      <c r="K75" s="4"/>
+      <c r="A75" s="5">
+        <v>45944</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" s="7">
+        <v>2</v>
+      </c>
+      <c r="H75" s="7"/>
+      <c r="I75" s="7"/>
+      <c r="J75" s="7"/>
+      <c r="K75" s="7"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
     </row>
     <row r="76" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A76" s="2"/>
-[...9 lines deleted...]
-      <c r="K76" s="4"/>
+      <c r="A76" s="5">
+        <v>45947</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G76" s="7">
+        <v>1</v>
+      </c>
+      <c r="H76" s="7"/>
+      <c r="I76" s="7"/>
+      <c r="J76" s="7"/>
+      <c r="K76" s="7"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
     </row>
     <row r="77" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="2"/>
-[...9 lines deleted...]
-      <c r="K77" s="4"/>
+      <c r="A77" s="5">
+        <v>45949</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G77" s="7">
+        <v>7</v>
+      </c>
+      <c r="H77" s="7"/>
+      <c r="I77" s="7"/>
+      <c r="J77" s="7"/>
+      <c r="K77" s="7"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
     </row>
     <row r="78" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A78" s="2"/>
-[...9 lines deleted...]
-      <c r="K78" s="4"/>
+      <c r="A78" s="5">
+        <v>45955</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G78" s="7">
+        <v>2</v>
+      </c>
+      <c r="H78" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="I78" s="7">
+        <v>1</v>
+      </c>
+      <c r="J78" s="7"/>
+      <c r="K78" s="7"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
     </row>
     <row r="79" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A79" s="2"/>
-[...9 lines deleted...]
-      <c r="K79" s="4"/>
+      <c r="A79" s="5">
+        <v>45956</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G79" s="7">
+        <v>2</v>
+      </c>
+      <c r="H79" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="I79" s="7">
+        <v>1</v>
+      </c>
+      <c r="J79" s="7"/>
+      <c r="K79" s="7"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
       <c r="Q79" s="1"/>
       <c r="R79" s="1"/>
       <c r="S79" s="1"/>
     </row>
     <row r="80" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="2"/>
-[...9 lines deleted...]
-      <c r="K80" s="4"/>
+      <c r="A80" s="5">
+        <v>45959</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G80" s="7">
+        <v>4</v>
+      </c>
+      <c r="H80" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="I80" s="7">
+        <v>2</v>
+      </c>
+      <c r="J80" s="7"/>
+      <c r="K80" s="7"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
       <c r="S80" s="1"/>
     </row>
     <row r="81" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="2"/>
-[...9 lines deleted...]
-      <c r="K81" s="4"/>
+      <c r="A81" s="5">
+        <v>45960</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G81" s="7">
+        <v>21</v>
+      </c>
+      <c r="H81" s="7"/>
+      <c r="I81" s="7"/>
+      <c r="J81" s="7"/>
+      <c r="K81" s="7"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
     </row>
     <row r="82" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A82" s="2"/>
-[...9 lines deleted...]
-      <c r="K82" s="4"/>
+      <c r="A82" s="5">
+        <v>45962</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G82" s="7">
+        <v>1</v>
+      </c>
+      <c r="H82" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="I82" s="7">
+        <v>1</v>
+      </c>
+      <c r="J82" s="7"/>
+      <c r="K82" s="7"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
     </row>
     <row r="83" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="2"/>
-[...9 lines deleted...]
-      <c r="K83" s="4"/>
+      <c r="A83" s="5">
+        <v>45981</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G83" s="7">
+        <v>13</v>
+      </c>
+      <c r="H83" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="I83" s="7">
+        <v>5</v>
+      </c>
+      <c r="J83" s="7"/>
+      <c r="K83" s="7"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
     </row>
     <row r="84" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="2"/>
-[...9 lines deleted...]
-      <c r="K84" s="4"/>
+      <c r="A84" s="5">
+        <v>45986</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E84" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G84" s="7">
+        <v>2</v>
+      </c>
+      <c r="H84" s="7"/>
+      <c r="I84" s="7"/>
+      <c r="J84" s="7"/>
+      <c r="K84" s="7"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
     </row>
     <row r="85" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A85" s="2"/>
-[...9 lines deleted...]
-      <c r="K85" s="4"/>
+      <c r="A85" s="5">
+        <v>45988</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E85" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G85" s="7">
+        <v>3</v>
+      </c>
+      <c r="H85" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="I85" s="7">
+        <v>5</v>
+      </c>
+      <c r="J85" s="7"/>
+      <c r="K85" s="7"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
     </row>
     <row r="86" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A86" s="2"/>
-[...9 lines deleted...]
-      <c r="K86" s="4"/>
+      <c r="A86" s="5">
+        <v>45989</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E86" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G86" s="7">
+        <v>1</v>
+      </c>
+      <c r="H86" s="7"/>
+      <c r="I86" s="7"/>
+      <c r="J86" s="7"/>
+      <c r="K86" s="7"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
     </row>
     <row r="87" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="2"/>
       <c r="B87" s="3"/>
       <c r="C87" s="3"/>
       <c r="D87" s="3"/>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="4"/>
       <c r="H87" s="4"/>
       <c r="I87" s="4"/>
       <c r="J87" s="4"/>
       <c r="K87" s="4"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
@@ -25149,146 +25462,146 @@
       <c r="Q976" s="1"/>
       <c r="R976" s="1"/>
       <c r="S976" s="1"/>
     </row>
     <row r="977" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A977" s="2"/>
       <c r="B977" s="3"/>
       <c r="C977" s="3"/>
       <c r="D977" s="3"/>
       <c r="E977" s="4"/>
       <c r="F977" s="4"/>
       <c r="G977" s="4"/>
       <c r="H977" s="4"/>
       <c r="I977" s="4"/>
       <c r="J977" s="4"/>
       <c r="K977" s="4"/>
       <c r="L977" s="1"/>
       <c r="M977" s="1"/>
       <c r="N977" s="1"/>
       <c r="O977" s="1"/>
       <c r="P977" s="1"/>
       <c r="Q977" s="1"/>
       <c r="R977" s="1"/>
       <c r="S977" s="1"/>
     </row>
-    <row r="978" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="K978" s="1"/>
+    <row r="978" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A978" s="2"/>
+      <c r="B978" s="3"/>
+      <c r="C978" s="3"/>
+      <c r="D978" s="3"/>
+      <c r="E978" s="4"/>
+      <c r="F978" s="4"/>
+      <c r="G978" s="4"/>
+      <c r="H978" s="4"/>
+      <c r="I978" s="4"/>
+      <c r="J978" s="4"/>
+      <c r="K978" s="4"/>
       <c r="L978" s="1"/>
       <c r="M978" s="1"/>
       <c r="N978" s="1"/>
       <c r="O978" s="1"/>
       <c r="P978" s="1"/>
       <c r="Q978" s="1"/>
       <c r="R978" s="1"/>
       <c r="S978" s="1"/>
     </row>
-    <row r="979" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="K979" s="1"/>
+    <row r="979" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A979" s="2"/>
+      <c r="B979" s="3"/>
+      <c r="C979" s="3"/>
+      <c r="D979" s="3"/>
+      <c r="E979" s="4"/>
+      <c r="F979" s="4"/>
+      <c r="G979" s="4"/>
+      <c r="H979" s="4"/>
+      <c r="I979" s="4"/>
+      <c r="J979" s="4"/>
+      <c r="K979" s="4"/>
       <c r="L979" s="1"/>
       <c r="M979" s="1"/>
       <c r="N979" s="1"/>
       <c r="O979" s="1"/>
       <c r="P979" s="1"/>
       <c r="Q979" s="1"/>
       <c r="R979" s="1"/>
       <c r="S979" s="1"/>
     </row>
-    <row r="980" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="K980" s="1"/>
+    <row r="980" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A980" s="2"/>
+      <c r="B980" s="3"/>
+      <c r="C980" s="3"/>
+      <c r="D980" s="3"/>
+      <c r="E980" s="4"/>
+      <c r="F980" s="4"/>
+      <c r="G980" s="4"/>
+      <c r="H980" s="4"/>
+      <c r="I980" s="4"/>
+      <c r="J980" s="4"/>
+      <c r="K980" s="4"/>
       <c r="L980" s="1"/>
       <c r="M980" s="1"/>
       <c r="N980" s="1"/>
       <c r="O980" s="1"/>
       <c r="P980" s="1"/>
       <c r="Q980" s="1"/>
       <c r="R980" s="1"/>
       <c r="S980" s="1"/>
     </row>
-    <row r="981" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="K981" s="1"/>
+    <row r="981" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A981" s="2"/>
+      <c r="B981" s="3"/>
+      <c r="C981" s="3"/>
+      <c r="D981" s="3"/>
+      <c r="E981" s="4"/>
+      <c r="F981" s="4"/>
+      <c r="G981" s="4"/>
+      <c r="H981" s="4"/>
+      <c r="I981" s="4"/>
+      <c r="J981" s="4"/>
+      <c r="K981" s="4"/>
       <c r="L981" s="1"/>
       <c r="M981" s="1"/>
       <c r="N981" s="1"/>
       <c r="O981" s="1"/>
       <c r="P981" s="1"/>
       <c r="Q981" s="1"/>
       <c r="R981" s="1"/>
       <c r="S981" s="1"/>
     </row>
-    <row r="982" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="K982" s="1"/>
+    <row r="982" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A982" s="2"/>
+      <c r="B982" s="3"/>
+      <c r="C982" s="3"/>
+      <c r="D982" s="3"/>
+      <c r="E982" s="4"/>
+      <c r="F982" s="4"/>
+      <c r="G982" s="4"/>
+      <c r="H982" s="4"/>
+      <c r="I982" s="4"/>
+      <c r="J982" s="4"/>
+      <c r="K982" s="4"/>
       <c r="L982" s="1"/>
       <c r="M982" s="1"/>
       <c r="N982" s="1"/>
       <c r="O982" s="1"/>
       <c r="P982" s="1"/>
       <c r="Q982" s="1"/>
       <c r="R982" s="1"/>
       <c r="S982" s="1"/>
     </row>
     <row r="983" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A983" s="1"/>
       <c r="B983" s="1"/>
       <c r="C983" s="1"/>
       <c r="D983" s="1"/>
       <c r="E983" s="1"/>
       <c r="F983" s="1"/>
       <c r="G983" s="1"/>
       <c r="H983" s="1"/>
       <c r="I983" s="1"/>
       <c r="J983" s="1"/>
       <c r="K983" s="1"/>
       <c r="L983" s="1"/>
       <c r="M983" s="1"/>
       <c r="N983" s="1"/>
       <c r="O983" s="1"/>
@@ -25842,52 +26155,157 @@
       <c r="Q1009" s="1"/>
       <c r="R1009" s="1"/>
       <c r="S1009" s="1"/>
     </row>
     <row r="1010" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1010" s="1"/>
       <c r="B1010" s="1"/>
       <c r="C1010" s="1"/>
       <c r="D1010" s="1"/>
       <c r="E1010" s="1"/>
       <c r="F1010" s="1"/>
       <c r="G1010" s="1"/>
       <c r="H1010" s="1"/>
       <c r="I1010" s="1"/>
       <c r="J1010" s="1"/>
       <c r="K1010" s="1"/>
       <c r="L1010" s="1"/>
       <c r="M1010" s="1"/>
       <c r="N1010" s="1"/>
       <c r="O1010" s="1"/>
       <c r="P1010" s="1"/>
       <c r="Q1010" s="1"/>
       <c r="R1010" s="1"/>
       <c r="S1010" s="1"/>
     </row>
+    <row r="1011" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1011" s="1"/>
+      <c r="B1011" s="1"/>
+      <c r="C1011" s="1"/>
+      <c r="D1011" s="1"/>
+      <c r="E1011" s="1"/>
+      <c r="F1011" s="1"/>
+      <c r="G1011" s="1"/>
+      <c r="H1011" s="1"/>
+      <c r="I1011" s="1"/>
+      <c r="J1011" s="1"/>
+      <c r="K1011" s="1"/>
+      <c r="L1011" s="1"/>
+      <c r="M1011" s="1"/>
+      <c r="N1011" s="1"/>
+      <c r="O1011" s="1"/>
+      <c r="P1011" s="1"/>
+      <c r="Q1011" s="1"/>
+      <c r="R1011" s="1"/>
+      <c r="S1011" s="1"/>
+    </row>
+    <row r="1012" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1012" s="1"/>
+      <c r="B1012" s="1"/>
+      <c r="C1012" s="1"/>
+      <c r="D1012" s="1"/>
+      <c r="E1012" s="1"/>
+      <c r="F1012" s="1"/>
+      <c r="G1012" s="1"/>
+      <c r="H1012" s="1"/>
+      <c r="I1012" s="1"/>
+      <c r="J1012" s="1"/>
+      <c r="K1012" s="1"/>
+      <c r="L1012" s="1"/>
+      <c r="M1012" s="1"/>
+      <c r="N1012" s="1"/>
+      <c r="O1012" s="1"/>
+      <c r="P1012" s="1"/>
+      <c r="Q1012" s="1"/>
+      <c r="R1012" s="1"/>
+      <c r="S1012" s="1"/>
+    </row>
+    <row r="1013" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1013" s="1"/>
+      <c r="B1013" s="1"/>
+      <c r="C1013" s="1"/>
+      <c r="D1013" s="1"/>
+      <c r="E1013" s="1"/>
+      <c r="F1013" s="1"/>
+      <c r="G1013" s="1"/>
+      <c r="H1013" s="1"/>
+      <c r="I1013" s="1"/>
+      <c r="J1013" s="1"/>
+      <c r="K1013" s="1"/>
+      <c r="L1013" s="1"/>
+      <c r="M1013" s="1"/>
+      <c r="N1013" s="1"/>
+      <c r="O1013" s="1"/>
+      <c r="P1013" s="1"/>
+      <c r="Q1013" s="1"/>
+      <c r="R1013" s="1"/>
+      <c r="S1013" s="1"/>
+    </row>
+    <row r="1014" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1014" s="1"/>
+      <c r="B1014" s="1"/>
+      <c r="C1014" s="1"/>
+      <c r="D1014" s="1"/>
+      <c r="E1014" s="1"/>
+      <c r="F1014" s="1"/>
+      <c r="G1014" s="1"/>
+      <c r="H1014" s="1"/>
+      <c r="I1014" s="1"/>
+      <c r="J1014" s="1"/>
+      <c r="K1014" s="1"/>
+      <c r="L1014" s="1"/>
+      <c r="M1014" s="1"/>
+      <c r="N1014" s="1"/>
+      <c r="O1014" s="1"/>
+      <c r="P1014" s="1"/>
+      <c r="Q1014" s="1"/>
+      <c r="R1014" s="1"/>
+      <c r="S1014" s="1"/>
+    </row>
+    <row r="1015" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1015" s="1"/>
+      <c r="B1015" s="1"/>
+      <c r="C1015" s="1"/>
+      <c r="D1015" s="1"/>
+      <c r="E1015" s="1"/>
+      <c r="F1015" s="1"/>
+      <c r="G1015" s="1"/>
+      <c r="H1015" s="1"/>
+      <c r="I1015" s="1"/>
+      <c r="J1015" s="1"/>
+      <c r="K1015" s="1"/>
+      <c r="L1015" s="1"/>
+      <c r="M1015" s="1"/>
+      <c r="N1015" s="1"/>
+      <c r="O1015" s="1"/>
+      <c r="P1015" s="1"/>
+      <c r="Q1015" s="1"/>
+      <c r="R1015" s="1"/>
+      <c r="S1015" s="1"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K121" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:K126" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet3</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>