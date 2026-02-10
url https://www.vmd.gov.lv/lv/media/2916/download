--- v1 (2025-12-11)
+++ v2 (2026-02-10)
@@ -10,75 +10,75 @@
   <Override PartName="/xl/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/xl/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ilgvars.zihmanis\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A2AC2A55-752A-46B8-9781-3CE73F553A2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B06F1EFF-CB7B-4A90-9995-E3DFB03158CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet3" sheetId="3" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Sheet1!$A$1:$K$126</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Sheet1!$A$1:$K$127</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <pivotCaches>
-    <pivotCache cacheId="6" r:id="rId3"/>
+    <pivotCache cacheId="42" r:id="rId3"/>
   </pivotCaches>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion1">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataSignature="AMtx7mjqKe+Ac29hB2aSNxVQws8SWCnovA=="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="495" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="106">
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>Novads</t>
   </si>
   <si>
     <t>Plēsējs</t>
   </si>
   <si>
     <t>Nogalināts</t>
   </si>
   <si>
     <t>Nog.skaits</t>
   </si>
   <si>
     <t>Ievainots</t>
   </si>
   <si>
     <t>Iev. skaits</t>
   </si>
   <si>
     <t>Pazudis</t>
   </si>
   <si>
@@ -347,50 +347,56 @@
   </si>
   <si>
     <t>Lazdulejas</t>
   </si>
   <si>
     <t>Kaunatas</t>
   </si>
   <si>
     <t>Barkavas</t>
   </si>
   <si>
     <t>Stāmerienas</t>
   </si>
   <si>
     <t>Krustpils</t>
   </si>
   <si>
     <t>Kurzemes</t>
   </si>
   <si>
     <t>Dienvidkurzemes</t>
   </si>
   <si>
     <t>Gramzdas</t>
   </si>
+  <si>
+    <t>Lazdukalna</t>
+  </si>
+  <si>
+    <t>Jeru</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd&quot;.&quot;mm&quot;.&quot;yyyy"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -513,57 +519,57 @@
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="pivotCache/pivotCacheDefinition1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Ilgvars Zihmanis" refreshedDate="45993.783369328703" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="180" xr:uid="{E87FF931-A7AC-40AE-BFBB-2C8BF13A5CF9}">
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Ilgvars Zihmanis" refreshedDate="46027.633142245373" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="181" xr:uid="{E87FF931-A7AC-40AE-BFBB-2C8BF13A5CF9}">
   <cacheSource type="worksheet">
-    <worksheetSource ref="A1:K181" sheet="Sheet1"/>
+    <worksheetSource ref="A1:K182" sheet="Sheet1"/>
   </cacheSource>
   <cacheFields count="11">
     <cacheField name="Datums" numFmtId="164">
-      <sharedItems containsNonDate="0" containsDate="1" containsString="0" containsBlank="1" minDate="2025-01-14T00:00:00" maxDate="2025-11-29T00:00:00"/>
+      <sharedItems containsNonDate="0" containsDate="1" containsString="0" containsBlank="1" minDate="2025-01-14T00:00:00" maxDate="2025-12-26T00:00:00"/>
     </cacheField>
     <cacheField name="Virsmežniecība" numFmtId="0">
       <sharedItems containsBlank="1" count="16">
         <s v="Dienvidu"/>
         <s v="Austrumu"/>
         <s v="Vidzemes"/>
         <s v="Centra"/>
         <s v="Kurzemes"/>
         <m/>
         <s v="Zemgales" u="1"/>
         <s v="Sēlijas" u="1"/>
         <s v="Dienvidkurzemes" u="1"/>
         <s v="Centrālvidzemes" u="1"/>
         <s v="Austrumlatgales" u="1"/>
         <s v="Ziemeļvidzemes" u="1"/>
         <s v="Ziemeļaustrumu" u="1"/>
         <s v="Ziemeļkurzemes" u="1"/>
         <s v="Dienvidlatgales" u="1"/>
         <s v="Rīgas reģionālā" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Novads" numFmtId="0">
       <sharedItems containsBlank="1" count="29">
         <s v="Jēkabpils"/>
         <s v="Balvu"/>
@@ -616,51 +622,51 @@
     <cacheField name="Nog.skaits" numFmtId="0">
       <sharedItems containsString="0" containsBlank="1" containsNumber="1" containsInteger="1" minValue="1" maxValue="21"/>
     </cacheField>
     <cacheField name="Ievainots" numFmtId="0">
       <sharedItems containsBlank="1"/>
     </cacheField>
     <cacheField name="Iev. skaits" numFmtId="0">
       <sharedItems containsString="0" containsBlank="1" containsNumber="1" containsInteger="1" minValue="1" maxValue="10"/>
     </cacheField>
     <cacheField name="Pazudis" numFmtId="0">
       <sharedItems containsBlank="1"/>
     </cacheField>
     <cacheField name="Paz.skaits" numFmtId="0">
       <sharedItems containsString="0" containsBlank="1" containsNumber="1" containsInteger="1" minValue="1" maxValue="8"/>
     </cacheField>
   </cacheFields>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{725AE2AE-9491-48be-B2B4-4EB974FC3084}">
       <x14:pivotCacheDefinition/>
     </ext>
   </extLst>
 </pivotCacheDefinition>
 </file>
 
 <file path=xl/pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="180">
+<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="181">
   <r>
     <d v="2025-01-14T00:00:00"/>
     <x v="0"/>
     <x v="0"/>
     <s v="Zasas"/>
     <x v="0"/>
     <s v="govs"/>
     <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <d v="2025-01-17T00:00:00"/>
     <x v="1"/>
     <x v="1"/>
     <s v="Rugāju"/>
     <x v="0"/>
     <s v="aita"/>
     <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
@@ -1723,83 +1729,96 @@
     <x v="4"/>
     <x v="20"/>
     <s v="Gramzdas"/>
     <x v="0"/>
     <s v="aita"/>
     <n v="3"/>
     <s v="aita"/>
     <n v="5"/>
     <m/>
     <m/>
   </r>
   <r>
     <d v="2025-11-28T00:00:00"/>
     <x v="0"/>
     <x v="3"/>
     <s v="Zalves"/>
     <x v="0"/>
     <s v="govs"/>
     <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
-    <m/>
-[...5 lines deleted...]
-    <m/>
+    <d v="2025-12-03T00:00:00"/>
+    <x v="2"/>
+    <x v="18"/>
+    <s v="Jeru"/>
+    <x v="0"/>
+    <s v="suns"/>
+    <n v="1"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
-    <m/>
-[...9 lines deleted...]
-    <m/>
+    <d v="2025-12-12T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Lazdukalna"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="3"/>
+    <s v="aita"/>
+    <n v="2"/>
+    <s v="aita"/>
+    <n v="1"/>
   </r>
   <r>
-    <m/>
-[...5 lines deleted...]
-    <m/>
+    <d v="2025-12-14T00:00:00"/>
+    <x v="1"/>
+    <x v="13"/>
+    <s v="Veclaicenes"/>
+    <x v="0"/>
+    <s v="govs"/>
+    <n v="1"/>
+    <m/>
+    <m/>
+    <m/>
+    <m/>
+  </r>
+  <r>
+    <d v="2025-12-25T00:00:00"/>
+    <x v="2"/>
+    <x v="17"/>
+    <s v="Straupes"/>
+    <x v="0"/>
+    <s v="aita"/>
+    <n v="6"/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
     <x v="5"/>
     <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
     <x v="5"/>
     <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
@@ -2965,51 +2984,51 @@
     <m/>
     <m/>
     <m/>
   </r>
   <r>
     <m/>
     <x v="5"/>
     <x v="21"/>
     <m/>
     <x v="4"/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
     <m/>
   </r>
 </pivotCacheRecords>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{28DF8FE3-A0D1-436F-B4D1-90954FB40731}" name="PivotTable1" cacheId="6" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Values" updatedVersion="8" minRefreshableVersion="3" useAutoFormatting="1" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{28DF8FE3-A0D1-436F-B4D1-90954FB40731}" name="PivotTable1" cacheId="42" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Values" updatedVersion="8" minRefreshableVersion="3" useAutoFormatting="1" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
   <location ref="A3:B29" firstHeaderRow="1" firstDataRow="1" firstDataCol="1" rowPageCount="1" colPageCount="1"/>
   <pivotFields count="11">
     <pivotField numFmtId="164" showAll="0"/>
     <pivotField axis="axisRow" showAll="0">
       <items count="17">
         <item m="1" x="10"/>
         <item m="1" x="9"/>
         <item m="1" x="8"/>
         <item m="1" x="14"/>
         <item m="1" x="15"/>
         <item m="1" x="7"/>
         <item m="1" x="6"/>
         <item m="1" x="12"/>
         <item m="1" x="13"/>
         <item m="1" x="11"/>
         <item x="5"/>
         <item x="3"/>
         <item x="0"/>
         <item x="4"/>
         <item x="2"/>
         <item x="1"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" dataField="1" showAll="0">
@@ -3484,171 +3503,171 @@
       <c r="B13" s="15">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
         <v>101</v>
       </c>
       <c r="B14" s="15">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
         <v>102</v>
       </c>
       <c r="B15" s="15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="15">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>71</v>
       </c>
       <c r="B17" s="15">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="15">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B19" s="15">
         <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="15">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="15">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>74</v>
       </c>
       <c r="B22" s="15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="15">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="15">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="15">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
         <v>49</v>
       </c>
       <c r="B26" s="15">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="15">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="10" t="s">
         <v>47</v>
       </c>
       <c r="B28" s="15">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B29" s="15">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:S1015"/>
+  <dimension ref="A1:S1016"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="1" topLeftCell="D71" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="1" topLeftCell="D74" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="J85" sqref="J85"/>
+      <selection pane="bottomRight" activeCell="A91" sqref="A91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.59765625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.59765625" customWidth="1"/>
     <col min="2" max="2" width="14.69921875" customWidth="1"/>
     <col min="3" max="4" width="13.69921875" customWidth="1"/>
     <col min="5" max="5" width="10.69921875" customWidth="1"/>
     <col min="6" max="6" width="9.09765625" customWidth="1"/>
     <col min="7" max="7" width="10.19921875" customWidth="1"/>
     <col min="8" max="11" width="8" customWidth="1"/>
     <col min="12" max="19" width="7.59765625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="12" t="s">
@@ -6752,124 +6771,188 @@
         <v>35</v>
       </c>
       <c r="E86" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>16</v>
       </c>
       <c r="G86" s="7">
         <v>1</v>
       </c>
       <c r="H86" s="7"/>
       <c r="I86" s="7"/>
       <c r="J86" s="7"/>
       <c r="K86" s="7"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
     </row>
     <row r="87" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A87" s="2"/>
-[...9 lines deleted...]
-      <c r="K87" s="4"/>
+      <c r="A87" s="5">
+        <v>45994</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E87" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87" s="7">
+        <v>1</v>
+      </c>
+      <c r="H87" s="7"/>
+      <c r="I87" s="7"/>
+      <c r="J87" s="7"/>
+      <c r="K87" s="7"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
     </row>
     <row r="88" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="2"/>
-[...9 lines deleted...]
-      <c r="K88" s="4"/>
+      <c r="A88" s="5">
+        <v>46003</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="E88" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G88" s="7">
+        <v>3</v>
+      </c>
+      <c r="H88" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="I88" s="7">
+        <v>2</v>
+      </c>
+      <c r="J88" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="K88" s="7">
+        <v>1</v>
+      </c>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
     </row>
     <row r="89" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A89" s="2"/>
-[...9 lines deleted...]
-      <c r="K89" s="4"/>
+      <c r="A89" s="5">
+        <v>46005</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E89" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G89" s="7">
+        <v>1</v>
+      </c>
+      <c r="H89" s="7"/>
+      <c r="I89" s="7"/>
+      <c r="J89" s="7"/>
+      <c r="K89" s="7"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
     </row>
     <row r="90" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="2"/>
-[...9 lines deleted...]
-      <c r="K90" s="4"/>
+      <c r="A90" s="5">
+        <v>46016</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E90" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G90" s="7">
+        <v>6</v>
+      </c>
+      <c r="H90" s="7"/>
+      <c r="I90" s="7"/>
+      <c r="J90" s="7"/>
+      <c r="K90" s="7"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
     </row>
     <row r="91" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="2"/>
       <c r="B91" s="3"/>
       <c r="C91" s="3"/>
       <c r="D91" s="3"/>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
       <c r="G91" s="4"/>
       <c r="H91" s="4"/>
       <c r="I91" s="4"/>
       <c r="J91" s="4"/>
       <c r="K91" s="4"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
@@ -25567,62 +25650,62 @@
       <c r="Q981" s="1"/>
       <c r="R981" s="1"/>
       <c r="S981" s="1"/>
     </row>
     <row r="982" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A982" s="2"/>
       <c r="B982" s="3"/>
       <c r="C982" s="3"/>
       <c r="D982" s="3"/>
       <c r="E982" s="4"/>
       <c r="F982" s="4"/>
       <c r="G982" s="4"/>
       <c r="H982" s="4"/>
       <c r="I982" s="4"/>
       <c r="J982" s="4"/>
       <c r="K982" s="4"/>
       <c r="L982" s="1"/>
       <c r="M982" s="1"/>
       <c r="N982" s="1"/>
       <c r="O982" s="1"/>
       <c r="P982" s="1"/>
       <c r="Q982" s="1"/>
       <c r="R982" s="1"/>
       <c r="S982" s="1"/>
     </row>
-    <row r="983" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="K983" s="1"/>
+    <row r="983" spans="1:19" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A983" s="2"/>
+      <c r="B983" s="3"/>
+      <c r="C983" s="3"/>
+      <c r="D983" s="3"/>
+      <c r="E983" s="4"/>
+      <c r="F983" s="4"/>
+      <c r="G983" s="4"/>
+      <c r="H983" s="4"/>
+      <c r="I983" s="4"/>
+      <c r="J983" s="4"/>
+      <c r="K983" s="4"/>
       <c r="L983" s="1"/>
       <c r="M983" s="1"/>
       <c r="N983" s="1"/>
       <c r="O983" s="1"/>
       <c r="P983" s="1"/>
       <c r="Q983" s="1"/>
       <c r="R983" s="1"/>
       <c r="S983" s="1"/>
     </row>
     <row r="984" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A984" s="1"/>
       <c r="B984" s="1"/>
       <c r="C984" s="1"/>
       <c r="D984" s="1"/>
       <c r="E984" s="1"/>
       <c r="F984" s="1"/>
       <c r="G984" s="1"/>
       <c r="H984" s="1"/>
       <c r="I984" s="1"/>
       <c r="J984" s="1"/>
       <c r="K984" s="1"/>
       <c r="L984" s="1"/>
       <c r="M984" s="1"/>
       <c r="N984" s="1"/>
       <c r="O984" s="1"/>
@@ -26260,52 +26343,73 @@
       <c r="Q1014" s="1"/>
       <c r="R1014" s="1"/>
       <c r="S1014" s="1"/>
     </row>
     <row r="1015" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1015" s="1"/>
       <c r="B1015" s="1"/>
       <c r="C1015" s="1"/>
       <c r="D1015" s="1"/>
       <c r="E1015" s="1"/>
       <c r="F1015" s="1"/>
       <c r="G1015" s="1"/>
       <c r="H1015" s="1"/>
       <c r="I1015" s="1"/>
       <c r="J1015" s="1"/>
       <c r="K1015" s="1"/>
       <c r="L1015" s="1"/>
       <c r="M1015" s="1"/>
       <c r="N1015" s="1"/>
       <c r="O1015" s="1"/>
       <c r="P1015" s="1"/>
       <c r="Q1015" s="1"/>
       <c r="R1015" s="1"/>
       <c r="S1015" s="1"/>
     </row>
+    <row r="1016" spans="1:19" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1016" s="1"/>
+      <c r="B1016" s="1"/>
+      <c r="C1016" s="1"/>
+      <c r="D1016" s="1"/>
+      <c r="E1016" s="1"/>
+      <c r="F1016" s="1"/>
+      <c r="G1016" s="1"/>
+      <c r="H1016" s="1"/>
+      <c r="I1016" s="1"/>
+      <c r="J1016" s="1"/>
+      <c r="K1016" s="1"/>
+      <c r="L1016" s="1"/>
+      <c r="M1016" s="1"/>
+      <c r="N1016" s="1"/>
+      <c r="O1016" s="1"/>
+      <c r="P1016" s="1"/>
+      <c r="Q1016" s="1"/>
+      <c r="R1016" s="1"/>
+      <c r="S1016" s="1"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K126" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:K127" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet3</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>