--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -1,72 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\aiva.krauze\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\aiva.krauze\Desktop\EKSAMENU GRAFIKS\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{01DC116D-F4FA-46C5-BC6C-E36DBA2B25E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A688BE06-61D5-43B0-B4D5-4ED72F678605}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{A3EB8803-091F-4173-8318-08237CE82E42}"/>
   </bookViews>
   <sheets>
     <sheet name="Lapa1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="55">
   <si>
     <t>Apzīmējumi:</t>
   </si>
   <si>
     <t>Eksāmenu norises vietas - tabulas apakšdaļā</t>
   </si>
   <si>
     <t>T - teorētisko zināšanu pārbaude</t>
   </si>
   <si>
     <t>Skaitlis pie eksāmena veida (ja tāds ir) apzīmē eksāmena norises vietu</t>
   </si>
   <si>
     <t>G - praktiskais pārbaudījums šaušanā ar gludstobra medību šaujamieroci</t>
   </si>
   <si>
     <t>V - praktiskais pārbaudījums šaušanā ar vītņstobra medību šaujamieroci</t>
   </si>
   <si>
     <t>Virsmežniecība</t>
   </si>
   <si>
     <t xml:space="preserve">Janvāris </t>
   </si>
   <si>
@@ -102,386 +111,384 @@
   <si>
     <t>Jūlijs</t>
   </si>
   <si>
     <t>Augusts</t>
   </si>
   <si>
     <t>Septembris</t>
   </si>
   <si>
     <t>Oktobris</t>
   </si>
   <si>
     <t>Novembris</t>
   </si>
   <si>
     <t>Decembris</t>
   </si>
   <si>
     <t>Eksāmenu norises vietas:</t>
   </si>
   <si>
     <t>Teorija:</t>
   </si>
   <si>
-    <t>1.Rēznas iela 6, Rēzekne, LV-4603</t>
-[...1 lines deleted...]
-  <si>
     <t>2.Gulbene, Pamatu iela 14</t>
   </si>
   <si>
     <t>Šaušana:</t>
   </si>
   <si>
     <t xml:space="preserve">1.Rēzeknes nov. Čornajas pag. Treuhi, A. Romāns, tel. 2661666 </t>
   </si>
   <si>
     <t>2.Gulbenes nov. Lejasciema šautuve, Jānis Naglis, tel. 26427273</t>
   </si>
   <si>
-    <t>1.Jelgava, Tērvetes iela 91d</t>
-[...1 lines deleted...]
-  <si>
     <t>1.Tukuma nov. Kandavas šautuve, Agris Riba, tel. 29133594</t>
   </si>
   <si>
     <t>2."Riga Shooting Center" Ērgļu apvedceļa 2. km (pirms Zaķumuižas pagrieziena), Modris Šmits, tel. 26758108</t>
   </si>
   <si>
     <t>3.Sējas nov. "Kalnāji", mednieku skolas "Taurs" šautuve, Mārtiņš Dadeiks, tel. 29406818</t>
   </si>
   <si>
-    <t>1.Jēkabpils, Mežrūpnieku iela 2a</t>
-[...10 lines deleted...]
-  <si>
     <t>1. Ventspils nov. Tārgales pag., Skaras,  "Atpūtnieki" (Ventspils mežniecības telpas)</t>
   </si>
   <si>
     <t>3. Kuldīgas nov., Rumbas pag., Rumbas pagasta stenda šautuve</t>
   </si>
   <si>
-    <t>1.Siguldas nov., Inčukalna pag., Inčukalns, Miera iela 2</t>
-[...4 lines deleted...]
-  <si>
     <t>1.Cēsu nov. Straupes pag. "Āvaidi" (MK Mārkulīči šautuve); Vilnis Jaunzems, tel. 29363936</t>
   </si>
   <si>
-    <t>Mednieku eksaminācijas grafiks 2025. gadam</t>
+    <t>2.Ogres nov., Ogre,  Brīvības iela 129 B</t>
+  </si>
+  <si>
+    <t>2.Tukuma nov. Kandavas šautuve, Agris Riba, tel. 29133594</t>
+  </si>
+  <si>
+    <t>1.Talsu nov., Ģibuļu pag., "Cīruļi" (Pastendes šautuve)</t>
   </si>
   <si>
     <r>
-      <t>T</t>
+      <t>G</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>V</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <r>
       <t>T</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>1</t>
+      <t>2</t>
     </r>
   </si>
   <si>
     <r>
       <t>G</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>V</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
+    <t>1.Gulbene, Pamatu iela 14</t>
+  </si>
+  <si>
+    <r>
+      <t>T</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <t>1.Daugavpils, Kr. Valdemāra iela 7</t>
+  </si>
+  <si>
+    <t>1. Augšdaugavas nov. Lauceses pag. DMMS šautuve ("Klajumi")</t>
+  </si>
+  <si>
+    <r>
+      <t>T</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>G</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <t>2.Līvānu nov. Turku pag. Steķi</t>
+  </si>
+  <si>
     <r>
       <t>G</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>V</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
+  </si>
+  <si>
+    <t>1.Tukums, Mārtiņa iela 1</t>
   </si>
   <si>
     <r>
       <t>G</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>V</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
-    <t>2.Ogres nov., Ogre,  Brīvības iela 129 B</t>
+    <t>Mednieku eksaminācijas grafiks 2026. gadam</t>
   </si>
   <si>
     <r>
       <t>T</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
-        <sz val="12"/>
-[...58 lines deleted...]
-        <sz val="12"/>
+        <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>G</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
-      <t>G</t>
+      <t>T</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>1</t>
+      <t>3</t>
     </r>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-    </r>
+    <t>3.Siguldas nov., Inčukalna pag., Inčukalns, Miera iela 2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
@@ -586,95 +593,98 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="12"/>
-[...4 lines deleted...]
-    <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.34998626667073579"/>
-[...5 lines deleted...]
-        <fgColor theme="0"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -700,208 +710,214 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...15 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="17" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="17" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="17" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{8AA8478B-7104-47AB-9F9A-C51D9FEADB5C}"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
@@ -1182,73 +1198,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C217FB9D-EE32-4F04-8B1D-106D27648207}">
-  <dimension ref="A1:AF158"/>
+  <dimension ref="A1:AF161"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A106" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="P126" sqref="P126"/>
+    <sheetView tabSelected="1" topLeftCell="A133" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="S165" sqref="S165"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="19.44140625" customWidth="1"/>
     <col min="2" max="2" width="8.33203125" customWidth="1"/>
     <col min="7" max="7" width="8.5546875" customWidth="1"/>
+    <col min="11" max="11" width="11.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" ht="25.8" x14ac:dyDescent="0.5">
-      <c r="A1" s="52" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="52"/>
+      <c r="A1" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="B1" s="53"/>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="53"/>
+      <c r="F1" s="53"/>
+      <c r="G1" s="53"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
     </row>
     <row r="2" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
@@ -1270,373 +1287,371 @@
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
     </row>
     <row r="4" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="3"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
     </row>
     <row r="5" spans="1:32" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="7" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="53" t="s">
+      <c r="B7" s="54" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="54"/>
-[...28 lines deleted...]
-      <c r="AF7" s="55"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="55"/>
+      <c r="E7" s="55"/>
+      <c r="F7" s="55"/>
+      <c r="G7" s="55"/>
+      <c r="H7" s="55"/>
+      <c r="I7" s="55"/>
+      <c r="J7" s="55"/>
+      <c r="K7" s="55"/>
+      <c r="L7" s="55"/>
+      <c r="M7" s="55"/>
+      <c r="N7" s="55"/>
+      <c r="O7" s="55"/>
+      <c r="P7" s="55"/>
+      <c r="Q7" s="55"/>
+      <c r="R7" s="55"/>
+      <c r="S7" s="55"/>
+      <c r="T7" s="55"/>
+      <c r="U7" s="55"/>
+      <c r="V7" s="55"/>
+      <c r="W7" s="55"/>
+      <c r="X7" s="55"/>
+      <c r="Y7" s="55"/>
+      <c r="Z7" s="55"/>
+      <c r="AA7" s="55"/>
+      <c r="AB7" s="55"/>
+      <c r="AC7" s="55"/>
+      <c r="AD7" s="55"/>
+      <c r="AE7" s="55"/>
+      <c r="AF7" s="56"/>
     </row>
     <row r="8" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A8" s="5"/>
-      <c r="B8" s="6">
+      <c r="B8" s="31">
         <v>1</v>
       </c>
-      <c r="C8" s="21">
+      <c r="C8" s="31">
         <v>2</v>
       </c>
-      <c r="D8" s="21">
+      <c r="D8" s="31">
         <v>3</v>
       </c>
-      <c r="E8" s="6">
+      <c r="E8" s="31">
         <v>4</v>
       </c>
       <c r="F8" s="6">
         <v>5</v>
       </c>
-      <c r="G8" s="21">
+      <c r="G8" s="6">
         <v>6</v>
       </c>
-      <c r="H8" s="21">
+      <c r="H8" s="6">
         <v>7</v>
       </c>
-      <c r="I8" s="21">
+      <c r="I8" s="6">
         <v>8</v>
       </c>
-      <c r="J8" s="21">
+      <c r="J8" s="6">
         <v>9</v>
       </c>
-      <c r="K8" s="21">
+      <c r="K8" s="31">
         <v>10</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8" s="31">
         <v>11</v>
       </c>
       <c r="M8" s="6">
         <v>12</v>
       </c>
-      <c r="N8" s="21">
+      <c r="N8" s="6">
         <v>13</v>
       </c>
-      <c r="O8" s="21">
+      <c r="O8" s="6">
         <v>14</v>
       </c>
-      <c r="P8" s="21">
+      <c r="P8" s="6">
         <v>15</v>
       </c>
-      <c r="Q8" s="21">
+      <c r="Q8" s="6">
         <v>16</v>
       </c>
-      <c r="R8" s="21">
+      <c r="R8" s="6">
         <v>17</v>
       </c>
-      <c r="S8" s="6">
+      <c r="S8" s="31">
         <v>18</v>
       </c>
       <c r="T8" s="6">
         <v>19</v>
       </c>
-      <c r="U8" s="21">
+      <c r="U8" s="6">
         <v>20</v>
       </c>
-      <c r="V8" s="21">
+      <c r="V8" s="6">
         <v>21</v>
       </c>
-      <c r="W8" s="21">
+      <c r="W8" s="6">
         <v>22</v>
       </c>
-      <c r="X8" s="21">
+      <c r="X8" s="6">
         <v>23</v>
       </c>
-      <c r="Y8" s="21">
+      <c r="Y8" s="31">
         <v>24</v>
       </c>
-      <c r="Z8" s="6">
+      <c r="Z8" s="31">
         <v>25</v>
       </c>
       <c r="AA8" s="6">
         <v>26</v>
       </c>
-      <c r="AB8" s="21">
+      <c r="AB8" s="6">
         <v>27</v>
       </c>
-      <c r="AC8" s="21">
+      <c r="AC8" s="6">
         <v>28</v>
       </c>
-      <c r="AD8" s="21">
+      <c r="AD8" s="6">
         <v>29</v>
       </c>
-      <c r="AE8" s="21">
+      <c r="AE8" s="6">
         <v>30</v>
       </c>
-      <c r="AF8" s="21">
+      <c r="AF8" s="31">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A9" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="29"/>
-[...2 lines deleted...]
-      <c r="E9" s="6"/>
+      <c r="B9" s="32"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31"/>
+      <c r="E9" s="31"/>
       <c r="F9" s="6"/>
-      <c r="G9" s="21"/>
-[...4 lines deleted...]
-      <c r="L9" s="7"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="6"/>
+      <c r="J9" s="7"/>
+      <c r="K9" s="33"/>
+      <c r="L9" s="33"/>
       <c r="M9" s="7"/>
-      <c r="N9" s="8"/>
-[...4 lines deleted...]
-      <c r="S9" s="7"/>
+      <c r="N9" s="7"/>
+      <c r="O9" s="7"/>
+      <c r="P9" s="7"/>
+      <c r="Q9" s="7"/>
+      <c r="R9" s="7"/>
+      <c r="S9" s="33"/>
       <c r="T9" s="7"/>
-      <c r="U9" s="8"/>
-[...4 lines deleted...]
-      <c r="Z9" s="7"/>
+      <c r="U9" s="7"/>
+      <c r="V9" s="7"/>
+      <c r="W9" s="7"/>
+      <c r="X9" s="7"/>
+      <c r="Y9" s="33"/>
+      <c r="Z9" s="33"/>
       <c r="AA9" s="7"/>
-      <c r="AB9" s="8"/>
-[...3 lines deleted...]
-      <c r="AF9" s="8"/>
+      <c r="AB9" s="7"/>
+      <c r="AC9" s="7"/>
+      <c r="AD9" s="7"/>
+      <c r="AE9" s="7"/>
+      <c r="AF9" s="33"/>
     </row>
     <row r="10" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A10" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="6"/>
-[...2 lines deleted...]
-      <c r="E10" s="6"/>
+      <c r="B10" s="31"/>
+      <c r="C10" s="31"/>
+      <c r="D10" s="31"/>
+      <c r="E10" s="31"/>
       <c r="F10" s="6"/>
-      <c r="G10" s="21"/>
-[...6 lines deleted...]
-      <c r="L10" s="7"/>
+      <c r="G10" s="6"/>
+      <c r="H10" s="6"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7"/>
+      <c r="K10" s="33"/>
+      <c r="L10" s="33"/>
       <c r="M10" s="7"/>
-      <c r="N10" s="8"/>
-[...4 lines deleted...]
-      <c r="S10" s="7"/>
+      <c r="N10" s="7"/>
+      <c r="O10" s="7"/>
+      <c r="P10" s="7"/>
+      <c r="Q10" s="7"/>
+      <c r="R10" s="7"/>
+      <c r="S10" s="33"/>
       <c r="T10" s="7"/>
-      <c r="U10" s="8"/>
-[...6 lines deleted...]
-      <c r="Z10" s="7"/>
+      <c r="U10" s="7"/>
+      <c r="V10" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="W10" s="7"/>
+      <c r="X10" s="7"/>
+      <c r="Y10" s="33"/>
+      <c r="Z10" s="33"/>
       <c r="AA10" s="7"/>
-      <c r="AB10" s="8"/>
-[...5 lines deleted...]
-    <row r="11" spans="1:32" ht="18" x14ac:dyDescent="0.3">
+      <c r="AB10" s="7"/>
+      <c r="AC10" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD10" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE10" s="7"/>
+      <c r="AF10" s="33"/>
+    </row>
+    <row r="11" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A11" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="6"/>
-[...2 lines deleted...]
-      <c r="E11" s="6"/>
+      <c r="B11" s="31"/>
+      <c r="C11" s="31"/>
+      <c r="D11" s="31"/>
+      <c r="E11" s="31"/>
       <c r="F11" s="6"/>
-      <c r="G11" s="21"/>
-[...4 lines deleted...]
-      <c r="L11" s="7"/>
+      <c r="G11" s="6"/>
+      <c r="H11" s="6"/>
+      <c r="I11" s="6"/>
+      <c r="J11" s="7"/>
+      <c r="K11" s="33"/>
+      <c r="L11" s="33"/>
       <c r="M11" s="7"/>
-      <c r="N11" s="8"/>
-[...6 lines deleted...]
-      <c r="S11" s="7"/>
+      <c r="N11" s="7"/>
+      <c r="O11" s="7"/>
+      <c r="P11" s="7"/>
+      <c r="Q11" s="7"/>
+      <c r="R11" s="7"/>
+      <c r="S11" s="33"/>
       <c r="T11" s="7"/>
-      <c r="U11" s="8"/>
-[...4 lines deleted...]
-      <c r="Z11" s="7"/>
+      <c r="U11" s="7"/>
+      <c r="V11" s="7"/>
+      <c r="W11" s="7"/>
+      <c r="X11" s="7"/>
+      <c r="Y11" s="33"/>
+      <c r="Z11" s="33"/>
       <c r="AA11" s="7"/>
-      <c r="AB11" s="8"/>
-[...3 lines deleted...]
-      <c r="AF11" s="8"/>
+      <c r="AB11" s="7"/>
+      <c r="AC11" s="7"/>
+      <c r="AD11" s="7"/>
+      <c r="AE11" s="7"/>
+      <c r="AF11" s="33"/>
     </row>
     <row r="12" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A12" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B12" s="6"/>
-[...2 lines deleted...]
-      <c r="E12" s="6"/>
+      <c r="B12" s="31"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="31"/>
       <c r="F12" s="6"/>
-      <c r="G12" s="21"/>
-[...4 lines deleted...]
-      <c r="L12" s="7"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="6"/>
+      <c r="I12" s="6"/>
+      <c r="J12" s="7"/>
+      <c r="K12" s="33"/>
+      <c r="L12" s="33"/>
       <c r="M12" s="7"/>
-      <c r="N12" s="8"/>
-[...6 lines deleted...]
-      <c r="S12" s="7"/>
+      <c r="N12" s="7"/>
+      <c r="O12" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="P12" s="7"/>
+      <c r="Q12" s="8"/>
+      <c r="R12" s="7"/>
+      <c r="S12" s="33"/>
       <c r="T12" s="7"/>
-      <c r="U12" s="8"/>
-[...6 lines deleted...]
-      <c r="Z12" s="7"/>
+      <c r="U12" s="7"/>
+      <c r="V12" s="7"/>
+      <c r="W12" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="X12" s="8"/>
+      <c r="Y12" s="42"/>
+      <c r="Z12" s="33"/>
       <c r="AA12" s="7"/>
-      <c r="AB12" s="8"/>
-[...3 lines deleted...]
-      <c r="AF12" s="8"/>
+      <c r="AB12" s="7"/>
+      <c r="AC12" s="7"/>
+      <c r="AD12" s="7"/>
+      <c r="AE12" s="7"/>
+      <c r="AF12" s="33"/>
     </row>
     <row r="13" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A13" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="6"/>
-[...2 lines deleted...]
-      <c r="E13" s="6"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="31"/>
+      <c r="E13" s="31"/>
       <c r="F13" s="6"/>
-      <c r="G13" s="21"/>
-[...4 lines deleted...]
-      <c r="L13" s="7"/>
+      <c r="G13" s="6"/>
+      <c r="H13" s="6"/>
+      <c r="I13" s="6"/>
+      <c r="J13" s="7"/>
+      <c r="K13" s="33"/>
+      <c r="L13" s="33"/>
       <c r="M13" s="7"/>
-      <c r="N13" s="8"/>
-[...8 lines deleted...]
-      <c r="S13" s="7"/>
+      <c r="N13" s="7"/>
+      <c r="O13" s="7"/>
+      <c r="P13" s="7"/>
+      <c r="Q13" s="7"/>
+      <c r="R13" s="7"/>
+      <c r="S13" s="33"/>
       <c r="T13" s="7"/>
-      <c r="U13" s="8"/>
-[...4 lines deleted...]
-      <c r="Z13" s="7"/>
+      <c r="U13" s="7"/>
+      <c r="V13" s="7"/>
+      <c r="W13" s="7"/>
+      <c r="X13" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y13" s="33"/>
+      <c r="Z13" s="33"/>
       <c r="AA13" s="7"/>
-      <c r="AB13" s="8"/>
-[...3 lines deleted...]
-      <c r="AF13" s="8"/>
+      <c r="AB13" s="7"/>
+      <c r="AC13" s="7"/>
+      <c r="AD13" s="7"/>
+      <c r="AE13" s="7"/>
+      <c r="AF13" s="33"/>
     </row>
     <row r="14" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A14" s="3"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="2"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
@@ -1700,370 +1715,366 @@
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
       <c r="Z16" s="1"/>
       <c r="AA16" s="1"/>
       <c r="AB16" s="1"/>
       <c r="AC16" s="1"/>
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
     </row>
     <row r="17" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A17" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B17" s="56" t="s">
+      <c r="B17" s="47" t="s">
         <v>13</v>
       </c>
-      <c r="C17" s="57"/>
-[...25 lines deleted...]
-      <c r="AC17" s="58"/>
+      <c r="C17" s="48"/>
+      <c r="D17" s="48"/>
+      <c r="E17" s="48"/>
+      <c r="F17" s="48"/>
+      <c r="G17" s="48"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="48"/>
+      <c r="K17" s="48"/>
+      <c r="L17" s="48"/>
+      <c r="M17" s="48"/>
+      <c r="N17" s="48"/>
+      <c r="O17" s="48"/>
+      <c r="P17" s="48"/>
+      <c r="Q17" s="48"/>
+      <c r="R17" s="48"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="48"/>
+      <c r="U17" s="48"/>
+      <c r="V17" s="48"/>
+      <c r="W17" s="48"/>
+      <c r="X17" s="48"/>
+      <c r="Y17" s="48"/>
+      <c r="Z17" s="48"/>
+      <c r="AA17" s="48"/>
+      <c r="AB17" s="48"/>
+      <c r="AC17" s="49"/>
       <c r="AD17" s="1"/>
       <c r="AE17" s="1"/>
       <c r="AF17" s="1"/>
     </row>
     <row r="18" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A18" s="5"/>
-      <c r="B18" s="6">
+      <c r="B18" s="31">
         <v>1</v>
       </c>
       <c r="C18" s="6">
         <v>2</v>
       </c>
-      <c r="D18" s="21">
+      <c r="D18" s="6">
         <v>3</v>
       </c>
-      <c r="E18" s="21">
+      <c r="E18" s="6">
         <v>4</v>
       </c>
-      <c r="F18" s="21">
+      <c r="F18" s="6">
         <v>5</v>
       </c>
-      <c r="G18" s="21">
+      <c r="G18" s="6">
         <v>6</v>
       </c>
-      <c r="H18" s="21">
+      <c r="H18" s="31">
         <v>7</v>
       </c>
-      <c r="I18" s="6">
+      <c r="I18" s="31">
         <v>8</v>
       </c>
       <c r="J18" s="6">
         <v>9</v>
       </c>
-      <c r="K18" s="21">
+      <c r="K18" s="6">
         <v>10</v>
       </c>
-      <c r="L18" s="21">
+      <c r="L18" s="6">
         <v>11</v>
       </c>
-      <c r="M18" s="21">
+      <c r="M18" s="6">
         <v>12</v>
       </c>
-      <c r="N18" s="21">
+      <c r="N18" s="6">
         <v>13</v>
       </c>
-      <c r="O18" s="21">
+      <c r="O18" s="31">
         <v>14</v>
       </c>
-      <c r="P18" s="6">
+      <c r="P18" s="31">
         <v>15</v>
       </c>
       <c r="Q18" s="6">
         <v>16</v>
       </c>
-      <c r="R18" s="21">
+      <c r="R18" s="6">
         <v>17</v>
       </c>
-      <c r="S18" s="21">
+      <c r="S18" s="6">
         <v>18</v>
       </c>
-      <c r="T18" s="21">
+      <c r="T18" s="6">
         <v>19</v>
       </c>
-      <c r="U18" s="21">
+      <c r="U18" s="6">
         <v>20</v>
       </c>
-      <c r="V18" s="21">
+      <c r="V18" s="31">
         <v>21</v>
       </c>
-      <c r="W18" s="6">
+      <c r="W18" s="31">
         <v>22</v>
       </c>
       <c r="X18" s="6">
         <v>23</v>
       </c>
-      <c r="Y18" s="21">
+      <c r="Y18" s="6">
         <v>24</v>
       </c>
-      <c r="Z18" s="21">
+      <c r="Z18" s="6">
         <v>25</v>
       </c>
-      <c r="AA18" s="21">
+      <c r="AA18" s="6">
         <v>26</v>
       </c>
-      <c r="AB18" s="21">
+      <c r="AB18" s="6">
         <v>27</v>
       </c>
-      <c r="AC18" s="21">
+      <c r="AC18" s="31">
         <v>28</v>
       </c>
       <c r="AD18" s="1"/>
       <c r="AE18" s="1"/>
       <c r="AF18" s="1"/>
     </row>
-    <row r="19" spans="1:32" ht="18" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A19" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B19" s="7"/>
+      <c r="B19" s="33"/>
       <c r="C19" s="7"/>
-      <c r="D19" s="8"/>
-[...4 lines deleted...]
-      <c r="I19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="7"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="33"/>
+      <c r="I19" s="33"/>
       <c r="J19" s="7"/>
-      <c r="K19" s="8"/>
-[...4 lines deleted...]
-      <c r="P19" s="7"/>
+      <c r="K19" s="7"/>
+      <c r="L19" s="7"/>
+      <c r="M19" s="7"/>
+      <c r="N19" s="7"/>
+      <c r="O19" s="33"/>
+      <c r="P19" s="33"/>
       <c r="Q19" s="7"/>
-      <c r="R19" s="8"/>
-[...4 lines deleted...]
-      <c r="W19" s="7"/>
+      <c r="R19" s="7"/>
+      <c r="S19" s="7"/>
+      <c r="T19" s="7"/>
+      <c r="U19" s="7"/>
+      <c r="V19" s="33"/>
+      <c r="W19" s="33"/>
       <c r="X19" s="7"/>
-      <c r="Y19" s="8"/>
-[...7 lines deleted...]
-      </c>
+      <c r="Y19" s="7"/>
+      <c r="Z19" s="7"/>
+      <c r="AA19" s="7"/>
+      <c r="AB19" s="7"/>
+      <c r="AC19" s="33"/>
       <c r="AD19" s="1"/>
       <c r="AE19" s="1"/>
       <c r="AF19" s="1"/>
     </row>
     <row r="20" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A20" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B20" s="7"/>
+      <c r="B20" s="33"/>
       <c r="C20" s="7"/>
-      <c r="D20" s="8"/>
-[...6 lines deleted...]
-      <c r="I20" s="7"/>
+      <c r="D20" s="7"/>
+      <c r="E20" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F20" s="7"/>
+      <c r="G20" s="7"/>
+      <c r="H20" s="33"/>
+      <c r="I20" s="33"/>
       <c r="J20" s="7"/>
-      <c r="K20" s="8"/>
-[...8 lines deleted...]
-      <c r="P20" s="7"/>
+      <c r="K20" s="7"/>
+      <c r="L20" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="M20" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="N20" s="7"/>
+      <c r="O20" s="33"/>
+      <c r="P20" s="33"/>
       <c r="Q20" s="7"/>
-      <c r="R20" s="8"/>
-[...6 lines deleted...]
-      <c r="W20" s="7"/>
+      <c r="R20" s="7"/>
+      <c r="S20" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="T20" s="7"/>
+      <c r="U20" s="7"/>
+      <c r="V20" s="33"/>
+      <c r="W20" s="33"/>
       <c r="X20" s="7"/>
-      <c r="Y20" s="8"/>
-[...3 lines deleted...]
-      <c r="AC20" s="8"/>
+      <c r="Y20" s="7"/>
+      <c r="Z20" s="7"/>
+      <c r="AA20" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="AB20" s="7"/>
+      <c r="AC20" s="33"/>
       <c r="AD20" s="1"/>
       <c r="AE20" s="1"/>
       <c r="AF20" s="1"/>
     </row>
-    <row r="21" spans="1:32" ht="18" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A21" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B21" s="7"/>
+      <c r="B21" s="33"/>
       <c r="C21" s="7"/>
-      <c r="D21" s="8"/>
-[...4 lines deleted...]
-      <c r="I21" s="7"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="7"/>
+      <c r="G21" s="7"/>
+      <c r="H21" s="33"/>
+      <c r="I21" s="33"/>
       <c r="J21" s="7"/>
-      <c r="K21" s="8"/>
-[...4 lines deleted...]
-      <c r="P21" s="7"/>
+      <c r="K21" s="7"/>
+      <c r="L21" s="7"/>
+      <c r="M21" s="7"/>
+      <c r="N21" s="7"/>
+      <c r="O21" s="33"/>
+      <c r="P21" s="33"/>
       <c r="Q21" s="7"/>
-      <c r="R21" s="8"/>
-[...6 lines deleted...]
-      <c r="W21" s="7"/>
+      <c r="R21" s="7"/>
+      <c r="S21" s="7"/>
+      <c r="T21" s="7"/>
+      <c r="U21" s="7"/>
+      <c r="V21" s="33"/>
+      <c r="W21" s="33"/>
       <c r="X21" s="7"/>
-      <c r="Y21" s="8"/>
-[...3 lines deleted...]
-      <c r="AC21" s="8"/>
+      <c r="Y21" s="7"/>
+      <c r="Z21" s="7"/>
+      <c r="AA21" s="7"/>
+      <c r="AB21" s="7"/>
+      <c r="AC21" s="33"/>
       <c r="AD21" s="1"/>
       <c r="AE21" s="1"/>
       <c r="AF21" s="1"/>
     </row>
     <row r="22" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A22" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B22" s="7"/>
+      <c r="B22" s="33"/>
       <c r="C22" s="7"/>
-      <c r="D22" s="8"/>
-[...6 lines deleted...]
-      <c r="I22" s="7"/>
+      <c r="D22" s="7"/>
+      <c r="E22" s="7"/>
+      <c r="F22" s="7"/>
+      <c r="G22" s="7"/>
+      <c r="H22" s="34"/>
+      <c r="I22" s="33"/>
       <c r="J22" s="7"/>
-      <c r="K22" s="8"/>
-[...4 lines deleted...]
-      <c r="P22" s="7"/>
+      <c r="K22" s="7"/>
+      <c r="L22" s="7"/>
+      <c r="M22" s="7"/>
+      <c r="N22" s="7"/>
+      <c r="O22" s="33"/>
+      <c r="P22" s="33"/>
       <c r="Q22" s="7"/>
-      <c r="R22" s="8"/>
-[...4 lines deleted...]
-      <c r="W22" s="7"/>
+      <c r="R22" s="7"/>
+      <c r="S22" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="T22" s="7"/>
+      <c r="U22" s="7"/>
+      <c r="V22" s="33"/>
+      <c r="W22" s="33"/>
       <c r="X22" s="7"/>
-      <c r="Y22" s="8"/>
-[...5 lines deleted...]
-      <c r="AC22" s="8"/>
+      <c r="Y22" s="7"/>
+      <c r="Z22" s="7"/>
+      <c r="AA22" s="7"/>
+      <c r="AB22" s="8"/>
+      <c r="AC22" s="33"/>
       <c r="AD22" s="1"/>
       <c r="AE22" s="1"/>
       <c r="AF22" s="1"/>
     </row>
     <row r="23" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A23" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B23" s="7"/>
+      <c r="B23" s="33"/>
       <c r="C23" s="7"/>
-      <c r="D23" s="8"/>
-[...4 lines deleted...]
-      <c r="I23" s="7"/>
+      <c r="D23" s="7"/>
+      <c r="E23" s="7"/>
+      <c r="F23" s="7"/>
+      <c r="G23" s="7"/>
+      <c r="H23" s="33"/>
+      <c r="I23" s="33"/>
       <c r="J23" s="7"/>
-      <c r="K23" s="8"/>
-[...6 lines deleted...]
-      <c r="P23" s="7"/>
+      <c r="K23" s="7"/>
+      <c r="L23" s="7"/>
+      <c r="M23" s="7"/>
+      <c r="N23" s="7"/>
+      <c r="O23" s="33"/>
+      <c r="P23" s="33"/>
       <c r="Q23" s="7"/>
-      <c r="R23" s="8"/>
-[...4 lines deleted...]
-      <c r="W23" s="7"/>
+      <c r="R23" s="7"/>
+      <c r="S23" s="7"/>
+      <c r="T23" s="7"/>
+      <c r="U23" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="V23" s="33"/>
+      <c r="W23" s="33"/>
       <c r="X23" s="7"/>
-      <c r="Y23" s="8"/>
-[...3 lines deleted...]
-      <c r="AC23" s="8"/>
+      <c r="Y23" s="7"/>
+      <c r="Z23" s="9"/>
+      <c r="AA23" s="7"/>
+      <c r="AB23" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC23" s="33"/>
       <c r="AD23" s="1"/>
       <c r="AE23" s="1"/>
       <c r="AF23" s="1"/>
     </row>
     <row r="24" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A24" s="1"/>
       <c r="B24" s="1"/>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
@@ -2130,415 +2141,413 @@
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="1"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
       <c r="AD26" s="1"/>
       <c r="AE26" s="1"/>
       <c r="AF26" s="1"/>
     </row>
     <row r="27" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A27" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B27" s="59" t="s">
+      <c r="B27" s="50" t="s">
         <v>14</v>
       </c>
-      <c r="C27" s="59"/>
-[...28 lines deleted...]
-      <c r="AF27" s="59"/>
+      <c r="C27" s="50"/>
+      <c r="D27" s="50"/>
+      <c r="E27" s="50"/>
+      <c r="F27" s="50"/>
+      <c r="G27" s="50"/>
+      <c r="H27" s="50"/>
+      <c r="I27" s="50"/>
+      <c r="J27" s="50"/>
+      <c r="K27" s="50"/>
+      <c r="L27" s="50"/>
+      <c r="M27" s="50"/>
+      <c r="N27" s="50"/>
+      <c r="O27" s="50"/>
+      <c r="P27" s="50"/>
+      <c r="Q27" s="50"/>
+      <c r="R27" s="50"/>
+      <c r="S27" s="50"/>
+      <c r="T27" s="50"/>
+      <c r="U27" s="50"/>
+      <c r="V27" s="50"/>
+      <c r="W27" s="50"/>
+      <c r="X27" s="50"/>
+      <c r="Y27" s="50"/>
+      <c r="Z27" s="50"/>
+      <c r="AA27" s="50"/>
+      <c r="AB27" s="50"/>
+      <c r="AC27" s="50"/>
+      <c r="AD27" s="50"/>
+      <c r="AE27" s="50"/>
+      <c r="AF27" s="50"/>
     </row>
     <row r="28" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A28" s="5"/>
-      <c r="B28" s="6">
+      <c r="B28" s="31">
         <v>1</v>
       </c>
       <c r="C28" s="6">
         <v>2</v>
       </c>
-      <c r="D28" s="21">
+      <c r="D28" s="6">
         <v>3</v>
       </c>
-      <c r="E28" s="21">
+      <c r="E28" s="6">
         <v>4</v>
       </c>
-      <c r="F28" s="21">
+      <c r="F28" s="6">
         <v>5</v>
       </c>
-      <c r="G28" s="21">
+      <c r="G28" s="6">
         <v>6</v>
       </c>
-      <c r="H28" s="21">
+      <c r="H28" s="31">
         <v>7</v>
       </c>
-      <c r="I28" s="6">
+      <c r="I28" s="31">
         <v>8</v>
       </c>
       <c r="J28" s="6">
         <v>9</v>
       </c>
-      <c r="K28" s="21">
+      <c r="K28" s="6">
         <v>10</v>
       </c>
-      <c r="L28" s="21">
+      <c r="L28" s="6">
         <v>11</v>
       </c>
-      <c r="M28" s="21">
+      <c r="M28" s="6">
         <v>12</v>
       </c>
-      <c r="N28" s="21">
+      <c r="N28" s="6">
         <v>13</v>
       </c>
-      <c r="O28" s="21">
+      <c r="O28" s="31">
         <v>14</v>
       </c>
-      <c r="P28" s="6">
+      <c r="P28" s="31">
         <v>15</v>
       </c>
       <c r="Q28" s="6">
         <v>16</v>
       </c>
-      <c r="R28" s="21">
+      <c r="R28" s="6">
         <v>17</v>
       </c>
-      <c r="S28" s="21">
+      <c r="S28" s="6">
         <v>18</v>
       </c>
-      <c r="T28" s="21">
+      <c r="T28" s="6">
         <v>19</v>
       </c>
-      <c r="U28" s="21">
+      <c r="U28" s="6">
         <v>20</v>
       </c>
-      <c r="V28" s="21">
+      <c r="V28" s="31">
         <v>21</v>
       </c>
-      <c r="W28" s="6">
+      <c r="W28" s="31">
         <v>22</v>
       </c>
       <c r="X28" s="6">
         <v>23</v>
       </c>
-      <c r="Y28" s="21">
+      <c r="Y28" s="6">
         <v>24</v>
       </c>
-      <c r="Z28" s="21">
+      <c r="Z28" s="6">
         <v>25</v>
       </c>
-      <c r="AA28" s="21">
+      <c r="AA28" s="6">
         <v>26</v>
       </c>
-      <c r="AB28" s="21">
+      <c r="AB28" s="6">
         <v>27</v>
       </c>
-      <c r="AC28" s="21">
+      <c r="AC28" s="31">
         <v>28</v>
       </c>
-      <c r="AD28" s="6">
+      <c r="AD28" s="31">
         <v>29</v>
       </c>
       <c r="AE28" s="6">
         <v>30</v>
       </c>
-      <c r="AF28" s="21">
+      <c r="AF28" s="6">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A29" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B29" s="7"/>
+      <c r="B29" s="33"/>
       <c r="C29" s="7"/>
-      <c r="D29" s="8"/>
-[...4 lines deleted...]
-      <c r="I29" s="7"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="7"/>
+      <c r="H29" s="33"/>
+      <c r="I29" s="33"/>
       <c r="J29" s="7"/>
-      <c r="K29" s="8"/>
-[...6 lines deleted...]
-      <c r="P29" s="7"/>
+      <c r="K29" s="7"/>
+      <c r="L29" s="7"/>
+      <c r="M29" s="7"/>
+      <c r="N29" s="7"/>
+      <c r="O29" s="33"/>
+      <c r="P29" s="33"/>
       <c r="Q29" s="7"/>
-      <c r="R29" s="8"/>
-[...4 lines deleted...]
-      <c r="W29" s="7"/>
+      <c r="R29" s="7"/>
+      <c r="S29" s="7"/>
+      <c r="T29" s="7"/>
+      <c r="U29" s="7"/>
+      <c r="V29" s="33"/>
+      <c r="W29" s="33"/>
       <c r="X29" s="7"/>
-      <c r="Y29" s="8"/>
-[...4 lines deleted...]
-      <c r="AD29" s="7"/>
+      <c r="Y29" s="7"/>
+      <c r="Z29" s="7"/>
+      <c r="AA29" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB29" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC29" s="33"/>
+      <c r="AD29" s="33"/>
       <c r="AE29" s="7"/>
-      <c r="AF29" s="8"/>
+      <c r="AF29" s="7"/>
     </row>
     <row r="30" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A30" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B30" s="7"/>
+      <c r="B30" s="33"/>
       <c r="C30" s="7"/>
-      <c r="D30" s="8"/>
-[...6 lines deleted...]
-      <c r="I30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F30" s="7"/>
+      <c r="G30" s="7"/>
+      <c r="H30" s="33"/>
+      <c r="I30" s="33"/>
       <c r="J30" s="7"/>
-      <c r="K30" s="8"/>
-[...6 lines deleted...]
-      <c r="P30" s="7"/>
+      <c r="K30" s="7"/>
+      <c r="L30" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="M30" s="7"/>
+      <c r="N30" s="7"/>
+      <c r="O30" s="33"/>
+      <c r="P30" s="33"/>
       <c r="Q30" s="7"/>
-      <c r="R30" s="8"/>
-[...4 lines deleted...]
-      <c r="W30" s="7"/>
+      <c r="R30" s="7"/>
+      <c r="S30" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="T30" s="7"/>
+      <c r="U30" s="7"/>
+      <c r="V30" s="33"/>
+      <c r="W30" s="33"/>
       <c r="X30" s="7"/>
-      <c r="Y30" s="8"/>
-[...6 lines deleted...]
-      <c r="AD30" s="7"/>
+      <c r="Y30" s="7"/>
+      <c r="Z30" s="7"/>
+      <c r="AA30" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="AB30" s="7"/>
+      <c r="AC30" s="33"/>
+      <c r="AD30" s="33"/>
       <c r="AE30" s="7"/>
-      <c r="AF30" s="8"/>
+      <c r="AF30" s="7"/>
     </row>
     <row r="31" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A31" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B31" s="7"/>
+      <c r="B31" s="33"/>
       <c r="C31" s="7"/>
-      <c r="D31" s="8"/>
-[...4 lines deleted...]
-      <c r="I31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="7"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="7"/>
+      <c r="H31" s="33"/>
+      <c r="I31" s="33"/>
       <c r="J31" s="7"/>
-      <c r="K31" s="8"/>
-[...4 lines deleted...]
-      <c r="P31" s="7"/>
+      <c r="K31" s="7"/>
+      <c r="L31" s="7"/>
+      <c r="M31" s="7"/>
+      <c r="N31" s="7"/>
+      <c r="O31" s="33"/>
+      <c r="P31" s="33"/>
       <c r="Q31" s="7"/>
-      <c r="R31" s="8"/>
-[...6 lines deleted...]
-      <c r="W31" s="7"/>
+      <c r="R31" s="7"/>
+      <c r="S31" s="7"/>
+      <c r="T31" s="7"/>
+      <c r="U31" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="V31" s="33"/>
+      <c r="W31" s="33"/>
       <c r="X31" s="7"/>
-      <c r="Y31" s="8"/>
-[...6 lines deleted...]
-      <c r="AD31" s="7"/>
+      <c r="Y31" s="7"/>
+      <c r="Z31" s="7"/>
+      <c r="AA31" s="7"/>
+      <c r="AB31" s="7"/>
+      <c r="AC31" s="33"/>
+      <c r="AD31" s="33"/>
       <c r="AE31" s="7"/>
-      <c r="AF31" s="8"/>
+      <c r="AF31" s="7"/>
     </row>
     <row r="32" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A32" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B32" s="7"/>
+      <c r="B32" s="33"/>
       <c r="C32" s="7"/>
-      <c r="D32" s="8"/>
-[...6 lines deleted...]
-      <c r="I32" s="7"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F32" s="7"/>
+      <c r="G32" s="8"/>
+      <c r="H32" s="33"/>
+      <c r="I32" s="33"/>
       <c r="J32" s="7"/>
-      <c r="K32" s="8"/>
-[...6 lines deleted...]
-      <c r="P32" s="7"/>
+      <c r="K32" s="7"/>
+      <c r="L32" s="7"/>
+      <c r="M32" s="7"/>
+      <c r="N32" s="7"/>
+      <c r="O32" s="34"/>
+      <c r="P32" s="33"/>
       <c r="Q32" s="7"/>
-      <c r="R32" s="8"/>
-[...4 lines deleted...]
-      <c r="W32" s="7"/>
+      <c r="R32" s="7"/>
+      <c r="S32" s="7"/>
+      <c r="T32" s="7"/>
+      <c r="U32" s="7"/>
+      <c r="V32" s="33"/>
+      <c r="W32" s="33"/>
       <c r="X32" s="7"/>
-      <c r="Y32" s="8"/>
-[...4 lines deleted...]
-      <c r="AD32" s="7"/>
+      <c r="Y32" s="7"/>
+      <c r="Z32" s="7"/>
+      <c r="AA32" s="7"/>
+      <c r="AB32" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="AC32" s="33"/>
+      <c r="AD32" s="33"/>
       <c r="AE32" s="7"/>
-      <c r="AF32" s="8"/>
+      <c r="AF32" s="7"/>
     </row>
     <row r="33" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A33" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B33" s="7"/>
+      <c r="B33" s="33"/>
       <c r="C33" s="7"/>
-      <c r="D33" s="8"/>
-[...4 lines deleted...]
-      <c r="I33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="7"/>
+      <c r="H33" s="33"/>
+      <c r="I33" s="33"/>
       <c r="J33" s="7"/>
-      <c r="K33" s="8"/>
-[...6 lines deleted...]
-      <c r="P33" s="7"/>
+      <c r="K33" s="7"/>
+      <c r="L33" s="7"/>
+      <c r="M33" s="7"/>
+      <c r="N33" s="7"/>
+      <c r="O33" s="33"/>
+      <c r="P33" s="33"/>
       <c r="Q33" s="7"/>
-      <c r="R33" s="8"/>
-[...6 lines deleted...]
-      <c r="W33" s="7"/>
+      <c r="R33" s="7"/>
+      <c r="S33" s="7"/>
+      <c r="T33" s="7"/>
+      <c r="U33" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="V33" s="33"/>
+      <c r="W33" s="33"/>
       <c r="X33" s="7"/>
-      <c r="Y33" s="8"/>
-[...6 lines deleted...]
-      <c r="AD33" s="7"/>
+      <c r="Y33" s="7"/>
+      <c r="Z33" s="7"/>
+      <c r="AA33" s="7"/>
+      <c r="AB33" s="7"/>
+      <c r="AC33" s="33"/>
+      <c r="AD33" s="33"/>
       <c r="AE33" s="7"/>
-      <c r="AF33" s="8"/>
+      <c r="AF33" s="7"/>
     </row>
     <row r="34" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A34" s="9"/>
-[...30 lines deleted...]
-      <c r="AF34" s="10"/>
+      <c r="A34" s="10"/>
+      <c r="B34" s="8"/>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+      <c r="F34" s="8"/>
+      <c r="G34" s="8"/>
+      <c r="H34" s="8"/>
+      <c r="I34" s="8"/>
+      <c r="J34" s="8"/>
+      <c r="K34" s="8"/>
+      <c r="L34" s="8"/>
+      <c r="M34" s="8"/>
+      <c r="N34" s="8"/>
+      <c r="O34" s="8"/>
+      <c r="P34" s="8"/>
+      <c r="Q34" s="8"/>
+      <c r="R34" s="8"/>
+      <c r="S34" s="8"/>
+      <c r="T34" s="8"/>
+      <c r="U34" s="8"/>
+      <c r="V34" s="8"/>
+      <c r="W34" s="8"/>
+      <c r="X34" s="8"/>
+      <c r="Y34" s="8"/>
+      <c r="Z34" s="8"/>
+      <c r="AA34" s="8"/>
+      <c r="AB34" s="8"/>
+      <c r="AC34" s="8"/>
+      <c r="AD34" s="8"/>
+      <c r="AE34" s="8"/>
+      <c r="AF34" s="8"/>
     </row>
     <row r="35" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A35" s="3"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="2"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
@@ -2568,380 +2577,382 @@
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
       <c r="X36" s="1"/>
       <c r="Y36" s="1"/>
       <c r="Z36" s="1"/>
       <c r="AA36" s="1"/>
       <c r="AB36" s="1"/>
       <c r="AC36" s="1"/>
       <c r="AD36" s="1"/>
       <c r="AE36" s="1"/>
       <c r="AF36" s="1"/>
     </row>
     <row r="37" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A37" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B37" s="56" t="s">
+      <c r="B37" s="47" t="s">
         <v>15</v>
       </c>
-      <c r="C37" s="57"/>
-[...27 lines deleted...]
-      <c r="AE37" s="58"/>
+      <c r="C37" s="48"/>
+      <c r="D37" s="48"/>
+      <c r="E37" s="48"/>
+      <c r="F37" s="48"/>
+      <c r="G37" s="48"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="48"/>
+      <c r="K37" s="48"/>
+      <c r="L37" s="48"/>
+      <c r="M37" s="48"/>
+      <c r="N37" s="48"/>
+      <c r="O37" s="48"/>
+      <c r="P37" s="48"/>
+      <c r="Q37" s="48"/>
+      <c r="R37" s="48"/>
+      <c r="S37" s="48"/>
+      <c r="T37" s="48"/>
+      <c r="U37" s="48"/>
+      <c r="V37" s="48"/>
+      <c r="W37" s="48"/>
+      <c r="X37" s="48"/>
+      <c r="Y37" s="48"/>
+      <c r="Z37" s="48"/>
+      <c r="AA37" s="48"/>
+      <c r="AB37" s="48"/>
+      <c r="AC37" s="48"/>
+      <c r="AD37" s="48"/>
+      <c r="AE37" s="49"/>
       <c r="AF37" s="1"/>
     </row>
     <row r="38" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A38" s="5"/>
-      <c r="B38" s="21">
+      <c r="B38" s="6">
         <v>1</v>
       </c>
-      <c r="C38" s="21">
+      <c r="C38" s="6">
         <v>2</v>
       </c>
-      <c r="D38" s="21">
+      <c r="D38" s="31">
         <v>3</v>
       </c>
-      <c r="E38" s="21">
+      <c r="E38" s="31">
         <v>4</v>
       </c>
-      <c r="F38" s="6">
+      <c r="F38" s="31">
         <v>5</v>
       </c>
-      <c r="G38" s="6">
+      <c r="G38" s="31">
         <v>6</v>
       </c>
-      <c r="H38" s="21">
+      <c r="H38" s="6">
         <v>7</v>
       </c>
-      <c r="I38" s="21">
+      <c r="I38" s="6">
         <v>8</v>
       </c>
-      <c r="J38" s="21">
+      <c r="J38" s="6">
         <v>9</v>
       </c>
-      <c r="K38" s="21">
+      <c r="K38" s="6">
         <v>10</v>
       </c>
-      <c r="L38" s="21">
+      <c r="L38" s="31">
         <v>11</v>
       </c>
-      <c r="M38" s="6">
+      <c r="M38" s="31">
         <v>12</v>
       </c>
       <c r="N38" s="6">
         <v>13</v>
       </c>
-      <c r="O38" s="21">
+      <c r="O38" s="6">
         <v>14</v>
       </c>
-      <c r="P38" s="21">
+      <c r="P38" s="6">
         <v>15</v>
       </c>
-      <c r="Q38" s="21">
+      <c r="Q38" s="6">
         <v>16</v>
       </c>
-      <c r="R38" s="21">
+      <c r="R38" s="6">
         <v>17</v>
       </c>
       <c r="S38" s="6">
         <v>18</v>
       </c>
       <c r="T38" s="6">
         <v>19</v>
       </c>
       <c r="U38" s="6">
         <v>20</v>
       </c>
       <c r="V38" s="6">
         <v>21</v>
       </c>
-      <c r="W38" s="21">
+      <c r="W38" s="6">
         <v>22</v>
       </c>
-      <c r="X38" s="21">
+      <c r="X38" s="6">
         <v>23</v>
       </c>
-      <c r="Y38" s="21">
+      <c r="Y38" s="6">
         <v>24</v>
       </c>
-      <c r="Z38" s="21">
+      <c r="Z38" s="31">
         <v>25</v>
       </c>
-      <c r="AA38" s="6">
+      <c r="AA38" s="31">
         <v>26</v>
       </c>
       <c r="AB38" s="6">
         <v>27</v>
       </c>
-      <c r="AC38" s="21">
+      <c r="AC38" s="6">
         <v>28</v>
       </c>
-      <c r="AD38" s="21">
+      <c r="AD38" s="6">
         <v>29</v>
       </c>
-      <c r="AE38" s="21">
+      <c r="AE38" s="6">
         <v>30</v>
       </c>
       <c r="AF38" s="1"/>
     </row>
     <row r="39" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A39" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B39" s="8"/>
-[...12 lines deleted...]
-      <c r="M39" s="7"/>
+      <c r="B39" s="7"/>
+      <c r="C39" s="7"/>
+      <c r="D39" s="33"/>
+      <c r="E39" s="33"/>
+      <c r="F39" s="33"/>
+      <c r="G39" s="33"/>
+      <c r="H39" s="7"/>
+      <c r="I39" s="7"/>
+      <c r="J39" s="7"/>
+      <c r="K39" s="7"/>
+      <c r="L39" s="33"/>
+      <c r="M39" s="33"/>
       <c r="N39" s="7"/>
-      <c r="O39" s="8"/>
-[...4 lines deleted...]
-      <c r="T39" s="7"/>
+      <c r="O39" s="7"/>
+      <c r="P39" s="7"/>
+      <c r="Q39" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="R39" s="7"/>
+      <c r="S39" s="33"/>
+      <c r="T39" s="33"/>
       <c r="U39" s="7"/>
       <c r="V39" s="7"/>
       <c r="W39" s="1"/>
-      <c r="X39" s="8"/>
-[...4 lines deleted...]
-      <c r="AA39" s="7"/>
+      <c r="X39" s="7"/>
+      <c r="Y39" s="7"/>
+      <c r="Z39" s="33"/>
+      <c r="AA39" s="33"/>
       <c r="AB39" s="7"/>
-      <c r="AC39" s="8"/>
-[...1 lines deleted...]
-      <c r="AE39" s="8"/>
+      <c r="AC39" s="7"/>
+      <c r="AD39" s="7"/>
+      <c r="AE39" s="7"/>
       <c r="AF39" s="1"/>
     </row>
     <row r="40" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A40" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B40" s="8"/>
-[...14 lines deleted...]
-      <c r="M40" s="7"/>
+      <c r="B40" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C40" s="7"/>
+      <c r="D40" s="33"/>
+      <c r="E40" s="33"/>
+      <c r="F40" s="33"/>
+      <c r="G40" s="33"/>
+      <c r="H40" s="7"/>
+      <c r="I40" s="7"/>
+      <c r="J40" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K40" s="7"/>
+      <c r="L40" s="33"/>
+      <c r="M40" s="33"/>
       <c r="N40" s="12"/>
-      <c r="O40" s="8"/>
-[...3 lines deleted...]
-      </c>
+      <c r="O40" s="7"/>
+      <c r="P40" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q40" s="7"/>
       <c r="R40" s="1"/>
-      <c r="S40" s="7"/>
-      <c r="T40" s="7"/>
+      <c r="S40" s="33"/>
+      <c r="T40" s="33"/>
       <c r="U40" s="7"/>
       <c r="V40" s="7"/>
-      <c r="W40" s="8"/>
+      <c r="W40" s="7"/>
       <c r="X40" s="1"/>
-      <c r="Y40" s="8" t="s">
-[...3 lines deleted...]
-      <c r="AA40" s="7"/>
+      <c r="Y40" s="7"/>
+      <c r="Z40" s="33"/>
+      <c r="AA40" s="33"/>
       <c r="AB40" s="7"/>
-      <c r="AC40" s="8"/>
-[...1 lines deleted...]
-      <c r="AE40" s="8"/>
+      <c r="AC40" s="7"/>
+      <c r="AD40" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE40" s="7" t="s">
+        <v>39</v>
+      </c>
       <c r="AF40" s="1"/>
     </row>
-    <row r="41" spans="1:32" ht="18" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:32" ht="18.600000000000001" x14ac:dyDescent="0.3">
       <c r="A41" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B41" s="8"/>
-[...12 lines deleted...]
-      <c r="M41" s="7"/>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="33"/>
+      <c r="E41" s="33"/>
+      <c r="F41" s="33"/>
+      <c r="G41" s="33"/>
+      <c r="H41" s="7"/>
+      <c r="I41" s="7"/>
+      <c r="J41" s="7"/>
+      <c r="K41" s="7"/>
+      <c r="L41" s="33"/>
+      <c r="M41" s="33"/>
       <c r="N41" s="7"/>
-      <c r="O41" s="8"/>
-[...4 lines deleted...]
-      <c r="T41" s="7"/>
+      <c r="O41" s="7"/>
+      <c r="P41" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q41" s="7"/>
+      <c r="R41" s="7"/>
+      <c r="S41" s="33"/>
+      <c r="T41" s="33"/>
       <c r="U41" s="13"/>
       <c r="V41" s="7"/>
-      <c r="W41" s="8"/>
-[...3 lines deleted...]
-      <c r="AA41" s="7"/>
+      <c r="W41" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="X41" s="7"/>
+      <c r="Y41" s="7"/>
+      <c r="Z41" s="33"/>
+      <c r="AA41" s="33"/>
       <c r="AB41" s="7"/>
-      <c r="AC41" s="8"/>
-[...3 lines deleted...]
-      </c>
+      <c r="AC41" s="7"/>
+      <c r="AD41" s="7"/>
+      <c r="AE41" s="7"/>
       <c r="AF41" s="1"/>
     </row>
     <row r="42" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A42" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B42" s="8"/>
-[...12 lines deleted...]
-      <c r="M42" s="7"/>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="33"/>
+      <c r="E42" s="34"/>
+      <c r="F42" s="33"/>
+      <c r="G42" s="33"/>
+      <c r="H42" s="7"/>
+      <c r="I42" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="J42" s="7"/>
+      <c r="K42" s="7"/>
+      <c r="L42" s="33"/>
+      <c r="M42" s="33"/>
       <c r="N42" s="7"/>
-      <c r="O42" s="8"/>
-[...4 lines deleted...]
-      <c r="T42" s="7"/>
+      <c r="O42" s="7"/>
+      <c r="P42" s="7"/>
+      <c r="Q42" s="7"/>
+      <c r="R42" s="7"/>
+      <c r="S42" s="33"/>
+      <c r="T42" s="33"/>
       <c r="U42" s="7"/>
       <c r="V42" s="7"/>
-      <c r="W42" s="8"/>
-[...5 lines deleted...]
-      <c r="AA42" s="7"/>
+      <c r="W42" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="X42" s="7"/>
+      <c r="Y42" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="Z42" s="33"/>
+      <c r="AA42" s="33"/>
       <c r="AB42" s="7"/>
-      <c r="AC42" s="8"/>
-[...1 lines deleted...]
-      <c r="AE42" s="8"/>
+      <c r="AC42" s="7"/>
+      <c r="AD42" s="7"/>
+      <c r="AE42" s="7"/>
       <c r="AF42" s="1"/>
     </row>
     <row r="43" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A43" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B43" s="8"/>
-[...10 lines deleted...]
-      <c r="M43" s="7"/>
+      <c r="B43" s="7"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="33"/>
+      <c r="E43" s="33"/>
+      <c r="F43" s="33"/>
+      <c r="G43" s="33"/>
+      <c r="H43" s="7"/>
+      <c r="I43" s="7"/>
+      <c r="J43" s="7"/>
+      <c r="K43" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="L43" s="33"/>
+      <c r="M43" s="33"/>
       <c r="N43" s="7"/>
-      <c r="O43" s="8"/>
-[...6 lines deleted...]
-      <c r="T43" s="7"/>
+      <c r="O43" s="7"/>
+      <c r="P43" s="7"/>
+      <c r="Q43" s="7"/>
+      <c r="R43" s="7"/>
+      <c r="S43" s="33"/>
+      <c r="T43" s="33"/>
       <c r="U43" s="7"/>
       <c r="V43" s="7"/>
-      <c r="W43" s="8"/>
-[...5 lines deleted...]
-      <c r="AA43" s="7"/>
+      <c r="W43" s="7"/>
+      <c r="X43" s="7"/>
+      <c r="Y43" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z43" s="33"/>
+      <c r="AA43" s="33"/>
       <c r="AB43" s="7"/>
-      <c r="AC43" s="8"/>
-[...1 lines deleted...]
-      <c r="AE43" s="8"/>
+      <c r="AC43" s="7"/>
+      <c r="AD43" s="7"/>
+      <c r="AE43" s="7"/>
       <c r="AF43" s="1"/>
     </row>
     <row r="44" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A44" s="3"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
@@ -2969,422 +2980,420 @@
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
       <c r="X45" s="1"/>
       <c r="Y45" s="1"/>
       <c r="Z45" s="1"/>
       <c r="AA45" s="1"/>
       <c r="AB45" s="1"/>
       <c r="AC45" s="1"/>
       <c r="AD45" s="1"/>
       <c r="AE45" s="1"/>
       <c r="AF45" s="1"/>
     </row>
     <row r="46" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A46" s="14"/>
+      <c r="A46" s="15"/>
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
       <c r="X46" s="1"/>
       <c r="Y46" s="1"/>
       <c r="Z46" s="1"/>
       <c r="AA46" s="1"/>
       <c r="AB46" s="1"/>
       <c r="AC46" s="1"/>
       <c r="AD46" s="1"/>
       <c r="AE46" s="1"/>
       <c r="AF46" s="1"/>
     </row>
     <row r="47" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A47" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B47" s="56" t="s">
+      <c r="B47" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="C47" s="57"/>
-[...28 lines deleted...]
-      <c r="AF47" s="58"/>
+      <c r="C47" s="48"/>
+      <c r="D47" s="48"/>
+      <c r="E47" s="48"/>
+      <c r="F47" s="48"/>
+      <c r="G47" s="48"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="48"/>
+      <c r="K47" s="48"/>
+      <c r="L47" s="48"/>
+      <c r="M47" s="48"/>
+      <c r="N47" s="48"/>
+      <c r="O47" s="48"/>
+      <c r="P47" s="48"/>
+      <c r="Q47" s="48"/>
+      <c r="R47" s="48"/>
+      <c r="S47" s="48"/>
+      <c r="T47" s="48"/>
+      <c r="U47" s="48"/>
+      <c r="V47" s="48"/>
+      <c r="W47" s="48"/>
+      <c r="X47" s="48"/>
+      <c r="Y47" s="48"/>
+      <c r="Z47" s="48"/>
+      <c r="AA47" s="48"/>
+      <c r="AB47" s="48"/>
+      <c r="AC47" s="48"/>
+      <c r="AD47" s="48"/>
+      <c r="AE47" s="48"/>
+      <c r="AF47" s="49"/>
     </row>
     <row r="48" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A48" s="5"/>
-      <c r="B48" s="6">
+      <c r="B48" s="31">
         <v>1</v>
       </c>
-      <c r="C48" s="6">
+      <c r="C48" s="31">
         <v>2</v>
       </c>
-      <c r="D48" s="6">
+      <c r="D48" s="31">
         <v>3</v>
       </c>
-      <c r="E48" s="6">
+      <c r="E48" s="31">
         <v>4</v>
       </c>
       <c r="F48" s="6">
         <v>5</v>
       </c>
-      <c r="G48" s="21">
+      <c r="G48" s="6">
         <v>6</v>
       </c>
-      <c r="H48" s="21">
+      <c r="H48" s="6">
         <v>7</v>
       </c>
-      <c r="I48" s="21">
+      <c r="I48" s="6">
         <v>8</v>
       </c>
-      <c r="J48" s="21">
+      <c r="J48" s="31">
         <v>9</v>
       </c>
-      <c r="K48" s="21">
+      <c r="K48" s="31">
         <v>10</v>
       </c>
       <c r="L48" s="6">
         <v>11</v>
       </c>
-      <c r="M48" s="21">
+      <c r="M48" s="6">
         <v>12</v>
       </c>
-      <c r="N48" s="21">
+      <c r="N48" s="6">
         <v>13</v>
       </c>
-      <c r="O48" s="21">
+      <c r="O48" s="6">
         <v>14</v>
       </c>
-      <c r="P48" s="21">
+      <c r="P48" s="6">
         <v>15</v>
       </c>
-      <c r="Q48" s="21">
+      <c r="Q48" s="31">
         <v>16</v>
       </c>
-      <c r="R48" s="6">
+      <c r="R48" s="31">
         <v>17</v>
       </c>
       <c r="S48" s="6">
         <v>18</v>
       </c>
-      <c r="T48" s="21">
+      <c r="T48" s="6">
         <v>19</v>
       </c>
-      <c r="U48" s="21">
+      <c r="U48" s="6">
         <v>20</v>
       </c>
-      <c r="V48" s="21">
+      <c r="V48" s="6">
         <v>21</v>
       </c>
-      <c r="W48" s="21">
+      <c r="W48" s="6">
         <v>22</v>
       </c>
-      <c r="X48" s="21">
+      <c r="X48" s="31">
         <v>23</v>
       </c>
-      <c r="Y48" s="6">
+      <c r="Y48" s="31">
         <v>24</v>
       </c>
       <c r="Z48" s="6">
         <v>25</v>
       </c>
-      <c r="AA48" s="21">
+      <c r="AA48" s="6">
         <v>26</v>
       </c>
-      <c r="AB48" s="21">
+      <c r="AB48" s="6">
         <v>27</v>
       </c>
-      <c r="AC48" s="21">
+      <c r="AC48" s="6">
         <v>28</v>
       </c>
-      <c r="AD48" s="21">
+      <c r="AD48" s="6">
         <v>29</v>
       </c>
-      <c r="AE48" s="21">
+      <c r="AE48" s="31">
         <v>30</v>
       </c>
-      <c r="AF48" s="6">
+      <c r="AF48" s="31">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A49" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B49" s="7"/>
-[...2 lines deleted...]
-      <c r="E49" s="7"/>
+      <c r="B49" s="33"/>
+      <c r="C49" s="33"/>
+      <c r="D49" s="33"/>
+      <c r="E49" s="33"/>
       <c r="F49" s="7"/>
-      <c r="G49" s="8"/>
-[...3 lines deleted...]
-      <c r="K49" s="8"/>
+      <c r="G49" s="7"/>
+      <c r="H49" s="7"/>
+      <c r="I49" s="7"/>
+      <c r="J49" s="33"/>
+      <c r="K49" s="33"/>
       <c r="L49" s="7"/>
-      <c r="M49" s="8"/>
-[...8 lines deleted...]
-      <c r="R49" s="7"/>
+      <c r="M49" s="7"/>
+      <c r="N49" s="7"/>
+      <c r="O49" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="P49" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q49" s="33"/>
+      <c r="R49" s="33"/>
       <c r="S49" s="7"/>
-      <c r="T49" s="8"/>
-[...4 lines deleted...]
-      <c r="Y49" s="7"/>
+      <c r="T49" s="7"/>
+      <c r="U49" s="7"/>
+      <c r="V49" s="7"/>
+      <c r="W49" s="7"/>
+      <c r="X49" s="35"/>
+      <c r="Y49" s="33"/>
       <c r="Z49" s="7"/>
-      <c r="AA49" s="8"/>
-[...6 lines deleted...]
-      <c r="AF49" s="7"/>
+      <c r="AA49" s="7"/>
+      <c r="AB49" s="58"/>
+      <c r="AC49" s="59"/>
+      <c r="AD49" s="7"/>
+      <c r="AE49" s="33"/>
+      <c r="AF49" s="33"/>
     </row>
     <row r="50" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A50" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B50" s="7"/>
-[...2 lines deleted...]
-      <c r="E50" s="7"/>
+      <c r="B50" s="33"/>
+      <c r="C50" s="33"/>
+      <c r="D50" s="33"/>
+      <c r="E50" s="33"/>
       <c r="F50" s="7"/>
-      <c r="G50" s="8"/>
-[...5 lines deleted...]
-      <c r="K50" s="8"/>
+      <c r="G50" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H50" s="7"/>
+      <c r="I50" s="7"/>
+      <c r="J50" s="33"/>
+      <c r="K50" s="33"/>
       <c r="L50" s="7"/>
-      <c r="M50" s="8"/>
-[...8 lines deleted...]
-      <c r="R50" s="7"/>
+      <c r="M50" s="7"/>
+      <c r="N50" s="7"/>
+      <c r="O50" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="P50" s="7"/>
+      <c r="Q50" s="33"/>
+      <c r="R50" s="33"/>
       <c r="S50" s="7"/>
-      <c r="T50" s="8"/>
-[...1 lines deleted...]
-      <c r="V50" s="8"/>
+      <c r="T50" s="7"/>
+      <c r="U50" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="V50" s="7"/>
       <c r="W50" s="1"/>
-      <c r="X50" s="8"/>
-      <c r="Y50" s="7"/>
+      <c r="X50" s="33"/>
+      <c r="Y50" s="33"/>
       <c r="Z50" s="7"/>
-      <c r="AA50" s="10"/>
-[...6 lines deleted...]
-      <c r="AF50" s="7"/>
+      <c r="AA50" s="8"/>
+      <c r="AB50" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC50" s="58" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD50" s="7"/>
+      <c r="AE50" s="33"/>
+      <c r="AF50" s="33"/>
     </row>
     <row r="51" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A51" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B51" s="7"/>
-[...2 lines deleted...]
-      <c r="E51" s="7"/>
+      <c r="B51" s="33"/>
+      <c r="C51" s="33"/>
+      <c r="D51" s="33"/>
+      <c r="E51" s="33"/>
       <c r="F51" s="7"/>
-      <c r="G51" s="8"/>
-[...3 lines deleted...]
-      <c r="K51" s="8"/>
+      <c r="G51" s="7"/>
+      <c r="H51" s="7"/>
+      <c r="I51" s="7"/>
+      <c r="J51" s="33"/>
+      <c r="K51" s="33"/>
       <c r="L51" s="7"/>
-      <c r="M51" s="8"/>
-[...5 lines deleted...]
-      <c r="S51" s="15"/>
+      <c r="M51" s="7"/>
+      <c r="N51" s="7"/>
+      <c r="O51" s="7"/>
+      <c r="P51" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q51" s="33"/>
+      <c r="R51" s="33"/>
+      <c r="S51" s="14"/>
       <c r="T51" s="4"/>
-      <c r="U51" s="8"/>
-[...5 lines deleted...]
-      <c r="Y51" s="7"/>
+      <c r="U51" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="V51" s="7"/>
+      <c r="W51" s="7"/>
+      <c r="X51" s="33"/>
+      <c r="Y51" s="33"/>
       <c r="Z51" s="7"/>
-      <c r="AA51" s="8"/>
-[...6 lines deleted...]
-      <c r="AF51" s="7"/>
+      <c r="AA51" s="7"/>
+      <c r="AB51" s="58"/>
+      <c r="AC51" s="58"/>
+      <c r="AD51" s="7"/>
+      <c r="AE51" s="33"/>
+      <c r="AF51" s="33"/>
     </row>
     <row r="52" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A52" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B52" s="7"/>
-[...2 lines deleted...]
-      <c r="E52" s="7"/>
+      <c r="B52" s="33"/>
+      <c r="C52" s="33"/>
+      <c r="D52" s="33"/>
+      <c r="E52" s="33"/>
       <c r="F52" s="7"/>
-      <c r="G52" s="8"/>
-[...5 lines deleted...]
-      <c r="K52" s="8"/>
+      <c r="G52" s="7"/>
+      <c r="H52" s="7"/>
+      <c r="I52" s="7"/>
+      <c r="J52" s="33"/>
+      <c r="K52" s="33"/>
       <c r="L52" s="7"/>
-      <c r="M52" s="8"/>
-[...4 lines deleted...]
-      <c r="R52" s="7"/>
+      <c r="M52" s="7"/>
+      <c r="N52" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="O52" s="7"/>
+      <c r="P52" s="7"/>
+      <c r="Q52" s="33"/>
+      <c r="R52" s="33"/>
       <c r="S52" s="7"/>
-      <c r="T52" s="8"/>
-[...6 lines deleted...]
-      <c r="Y52" s="7"/>
+      <c r="T52" s="7"/>
+      <c r="U52" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="V52" s="7"/>
+      <c r="W52" s="7"/>
+      <c r="X52" s="33"/>
+      <c r="Y52" s="33"/>
       <c r="Z52" s="7"/>
-      <c r="AA52" s="10"/>
-[...4 lines deleted...]
-      <c r="AF52" s="7"/>
+      <c r="AA52" s="8"/>
+      <c r="AB52" s="7"/>
+      <c r="AC52" s="7"/>
+      <c r="AD52" s="7"/>
+      <c r="AE52" s="33"/>
+      <c r="AF52" s="33"/>
     </row>
     <row r="53" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A53" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B53" s="7"/>
-[...2 lines deleted...]
-      <c r="E53" s="7"/>
+      <c r="B53" s="33"/>
+      <c r="C53" s="33"/>
+      <c r="D53" s="33"/>
+      <c r="E53" s="33"/>
       <c r="F53" s="7"/>
-      <c r="G53" s="8"/>
-[...3 lines deleted...]
-      <c r="K53" s="8"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
+      <c r="I53" s="7"/>
+      <c r="J53" s="33"/>
+      <c r="K53" s="33"/>
       <c r="L53" s="7"/>
-      <c r="M53" s="8"/>
-[...4 lines deleted...]
-      <c r="R53" s="7"/>
+      <c r="M53" s="7"/>
+      <c r="N53" s="7"/>
+      <c r="O53" s="16"/>
+      <c r="P53" s="7"/>
+      <c r="Q53" s="33"/>
+      <c r="R53" s="33"/>
       <c r="S53" s="7"/>
-      <c r="T53" s="8"/>
-[...4 lines deleted...]
-      <c r="Y53" s="7"/>
+      <c r="T53" s="7"/>
+      <c r="U53" s="7"/>
+      <c r="V53" s="7"/>
+      <c r="W53" s="7"/>
+      <c r="X53" s="33"/>
+      <c r="Y53" s="33"/>
       <c r="Z53" s="7"/>
-      <c r="AA53" s="8"/>
-[...8 lines deleted...]
-      <c r="AF53" s="7"/>
+      <c r="AA53" s="7"/>
+      <c r="AB53" s="7"/>
+      <c r="AC53" s="7"/>
+      <c r="AD53" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="AE53" s="33"/>
+      <c r="AF53" s="33"/>
     </row>
     <row r="54" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A54" s="3"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
@@ -3414,2894 +3423,3182 @@
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
       <c r="X55" s="1"/>
       <c r="Y55" s="1"/>
       <c r="Z55" s="1"/>
       <c r="AA55" s="1"/>
       <c r="AB55" s="1"/>
       <c r="AC55" s="1"/>
       <c r="AD55" s="1"/>
       <c r="AE55" s="1"/>
       <c r="AF55" s="1"/>
     </row>
     <row r="57" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A57" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B57" s="59" t="s">
+      <c r="B57" s="50" t="s">
         <v>17</v>
       </c>
-      <c r="C57" s="59"/>
-[...27 lines deleted...]
-      <c r="AE57" s="59"/>
+      <c r="C57" s="50"/>
+      <c r="D57" s="50"/>
+      <c r="E57" s="50"/>
+      <c r="F57" s="50"/>
+      <c r="G57" s="50"/>
+      <c r="H57" s="50"/>
+      <c r="I57" s="50"/>
+      <c r="J57" s="50"/>
+      <c r="K57" s="50"/>
+      <c r="L57" s="50"/>
+      <c r="M57" s="50"/>
+      <c r="N57" s="50"/>
+      <c r="O57" s="50"/>
+      <c r="P57" s="50"/>
+      <c r="Q57" s="50"/>
+      <c r="R57" s="50"/>
+      <c r="S57" s="50"/>
+      <c r="T57" s="50"/>
+      <c r="U57" s="50"/>
+      <c r="V57" s="50"/>
+      <c r="W57" s="50"/>
+      <c r="X57" s="50"/>
+      <c r="Y57" s="50"/>
+      <c r="Z57" s="50"/>
+      <c r="AA57" s="50"/>
+      <c r="AB57" s="50"/>
+      <c r="AC57" s="50"/>
+      <c r="AD57" s="50"/>
+      <c r="AE57" s="50"/>
     </row>
     <row r="58" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A58" s="5"/>
       <c r="B58" s="6">
         <v>1</v>
       </c>
-      <c r="C58" s="21">
+      <c r="C58" s="6">
         <v>2</v>
       </c>
-      <c r="D58" s="21">
+      <c r="D58" s="6">
         <v>3</v>
       </c>
-      <c r="E58" s="21">
+      <c r="E58" s="6">
         <v>4</v>
       </c>
-      <c r="F58" s="21">
+      <c r="F58" s="6">
         <v>5</v>
       </c>
-      <c r="G58" s="21">
+      <c r="G58" s="31">
         <v>6</v>
       </c>
-      <c r="H58" s="6">
+      <c r="H58" s="31">
         <v>7</v>
       </c>
       <c r="I58" s="6">
         <v>8</v>
       </c>
-      <c r="J58" s="21">
+      <c r="J58" s="6">
         <v>9</v>
       </c>
-      <c r="K58" s="21">
+      <c r="K58" s="6">
         <v>10</v>
       </c>
-      <c r="L58" s="21">
+      <c r="L58" s="6">
         <v>11</v>
       </c>
-      <c r="M58" s="21">
+      <c r="M58" s="6">
         <v>12</v>
       </c>
-      <c r="N58" s="21">
+      <c r="N58" s="31">
         <v>13</v>
       </c>
-      <c r="O58" s="6">
+      <c r="O58" s="31">
         <v>14</v>
       </c>
       <c r="P58" s="6">
         <v>15</v>
       </c>
-      <c r="Q58" s="21">
+      <c r="Q58" s="6">
         <v>16</v>
       </c>
-      <c r="R58" s="21">
+      <c r="R58" s="6">
         <v>17</v>
       </c>
-      <c r="S58" s="21">
+      <c r="S58" s="6">
         <v>18</v>
       </c>
-      <c r="T58" s="21">
+      <c r="T58" s="6">
         <v>19</v>
       </c>
-      <c r="U58" s="21">
+      <c r="U58" s="31">
         <v>20</v>
       </c>
-      <c r="V58" s="6">
+      <c r="V58" s="31">
         <v>21</v>
       </c>
-      <c r="W58" s="6">
+      <c r="W58" s="31">
         <v>22</v>
       </c>
-      <c r="X58" s="6">
+      <c r="X58" s="31">
         <v>23</v>
       </c>
-      <c r="Y58" s="6">
+      <c r="Y58" s="31">
         <v>24</v>
       </c>
-      <c r="Z58" s="21">
+      <c r="Z58" s="6">
         <v>25</v>
       </c>
-      <c r="AA58" s="21">
+      <c r="AA58" s="6">
         <v>26</v>
       </c>
-      <c r="AB58" s="21">
+      <c r="AB58" s="6">
         <v>27</v>
       </c>
-      <c r="AC58" s="6">
+      <c r="AC58" s="31">
         <v>28</v>
       </c>
       <c r="AD58" s="6">
         <v>29</v>
       </c>
-      <c r="AE58" s="21">
+      <c r="AE58" s="6">
         <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A59" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="7"/>
-      <c r="C59" s="8"/>
-[...4 lines deleted...]
-      <c r="H59" s="28"/>
+      <c r="C59" s="7"/>
+      <c r="D59" s="7"/>
+      <c r="E59" s="7"/>
+      <c r="F59" s="7"/>
+      <c r="G59" s="33"/>
+      <c r="H59" s="36"/>
       <c r="I59" s="7"/>
-      <c r="J59" s="8"/>
-[...4 lines deleted...]
-      <c r="O59" s="7"/>
+      <c r="J59" s="7"/>
+      <c r="K59" s="7"/>
+      <c r="L59" s="7"/>
+      <c r="M59" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N59" s="33"/>
+      <c r="O59" s="33"/>
       <c r="P59" s="7"/>
-      <c r="Q59" s="22"/>
-[...13 lines deleted...]
-      <c r="AC59" s="7"/>
+      <c r="Q59" s="14"/>
+      <c r="R59" s="7"/>
+      <c r="S59" s="7"/>
+      <c r="T59" s="7"/>
+      <c r="U59" s="33"/>
+      <c r="V59" s="33"/>
+      <c r="W59" s="33"/>
+      <c r="X59" s="33"/>
+      <c r="Y59" s="33"/>
+      <c r="Z59" s="7"/>
+      <c r="AA59" s="7"/>
+      <c r="AB59" s="7"/>
+      <c r="AC59" s="33"/>
       <c r="AD59" s="7"/>
-      <c r="AE59" s="8"/>
+      <c r="AE59" s="7"/>
     </row>
     <row r="60" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A60" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="7"/>
-      <c r="C60" s="8"/>
-[...6 lines deleted...]
-      <c r="H60" s="7"/>
+      <c r="C60" s="7"/>
+      <c r="D60" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E60" s="7"/>
+      <c r="F60" s="7"/>
+      <c r="G60" s="33"/>
+      <c r="H60" s="33"/>
       <c r="I60" s="7"/>
-      <c r="J60" s="8"/>
-[...6 lines deleted...]
-      <c r="O60" s="7"/>
+      <c r="J60" s="7"/>
+      <c r="K60" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="M60" s="7"/>
+      <c r="N60" s="33"/>
+      <c r="O60" s="33"/>
       <c r="P60" s="7"/>
-      <c r="Q60" s="8"/>
-[...13 lines deleted...]
-      <c r="AC60" s="7"/>
+      <c r="Q60" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="R60" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="S60" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="T60" s="7"/>
+      <c r="U60" s="33"/>
+      <c r="V60" s="33"/>
+      <c r="W60" s="33"/>
+      <c r="X60" s="33"/>
+      <c r="Y60" s="33"/>
+      <c r="Z60" s="7"/>
+      <c r="AA60" s="7"/>
+      <c r="AB60" s="7"/>
+      <c r="AC60" s="33"/>
       <c r="AD60" s="7"/>
-      <c r="AE60" s="8"/>
+      <c r="AE60" s="7"/>
     </row>
     <row r="61" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A61" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="7"/>
-      <c r="C61" s="8"/>
-[...4 lines deleted...]
-      <c r="H61" s="7"/>
+      <c r="C61" s="7"/>
+      <c r="D61" s="7"/>
+      <c r="E61" s="7"/>
+      <c r="F61" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G61" s="33"/>
+      <c r="H61" s="33"/>
       <c r="I61" s="7"/>
-      <c r="J61" s="8"/>
-[...6 lines deleted...]
-      <c r="O61" s="7"/>
+      <c r="J61" s="7"/>
+      <c r="K61" s="7"/>
+      <c r="L61" s="7"/>
+      <c r="M61" s="7"/>
+      <c r="N61" s="33"/>
+      <c r="O61" s="33"/>
       <c r="P61" s="7"/>
-      <c r="Q61" s="8"/>
-[...14 lines deleted...]
-      <c r="AC61" s="7"/>
+      <c r="Q61" s="7"/>
+      <c r="R61" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="S61" s="7"/>
+      <c r="U61" s="33"/>
+      <c r="V61" s="33"/>
+      <c r="W61" s="33"/>
+      <c r="X61" s="33"/>
+      <c r="Y61" s="33"/>
+      <c r="Z61" s="7"/>
+      <c r="AA61" s="7"/>
+      <c r="AB61" s="7"/>
+      <c r="AC61" s="33"/>
       <c r="AD61" s="7"/>
-      <c r="AE61" s="8"/>
+      <c r="AE61" s="7"/>
     </row>
     <row r="62" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A62" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B62" s="7"/>
-      <c r="C62" s="8"/>
-[...6 lines deleted...]
-      <c r="H62" s="7"/>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E62" s="7"/>
+      <c r="F62" s="7"/>
+      <c r="G62" s="34"/>
+      <c r="H62" s="33"/>
       <c r="I62" s="7"/>
-      <c r="J62" s="8"/>
-[...4 lines deleted...]
-      <c r="O62" s="7"/>
+      <c r="J62" s="7"/>
+      <c r="K62" s="7"/>
+      <c r="L62" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="M62" s="7"/>
+      <c r="N62" s="33"/>
+      <c r="O62" s="33"/>
       <c r="P62" s="7"/>
-      <c r="Q62" s="8"/>
-[...13 lines deleted...]
-      <c r="AC62" s="7"/>
+      <c r="Q62" s="7"/>
+      <c r="R62" s="7"/>
+      <c r="S62" s="7"/>
+      <c r="T62" s="7"/>
+      <c r="U62" s="34"/>
+      <c r="V62" s="33"/>
+      <c r="W62" s="33"/>
+      <c r="X62" s="33"/>
+      <c r="Y62" s="33"/>
+      <c r="Z62" s="7"/>
+      <c r="AA62" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="AB62" s="7"/>
+      <c r="AC62" s="33"/>
       <c r="AD62" s="7"/>
-      <c r="AE62" s="8"/>
-[...1 lines deleted...]
-    <row r="63" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="AE62" s="7"/>
+    </row>
+    <row r="63" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A63" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B63" s="7"/>
-      <c r="C63" s="8"/>
-[...4 lines deleted...]
-      <c r="H63" s="7"/>
+      <c r="C63" s="7"/>
+      <c r="D63" s="7"/>
+      <c r="E63" s="7"/>
+      <c r="F63" s="7"/>
+      <c r="G63" s="33"/>
+      <c r="H63" s="33"/>
       <c r="I63" s="7"/>
-      <c r="J63" s="8"/>
-[...4 lines deleted...]
-      <c r="O63" s="7"/>
+      <c r="J63" s="7"/>
+      <c r="K63" s="7"/>
+      <c r="L63" s="7"/>
+      <c r="M63" s="7"/>
+      <c r="N63" s="33"/>
+      <c r="O63" s="33"/>
       <c r="P63" s="7"/>
-      <c r="Q63" s="8"/>
-[...11 lines deleted...]
-      <c r="AC63" s="7"/>
+      <c r="Q63" s="7"/>
+      <c r="R63" s="7"/>
+      <c r="S63" s="7"/>
+      <c r="T63" s="7"/>
+      <c r="U63" s="33"/>
+      <c r="V63" s="33"/>
+      <c r="W63" s="33"/>
+      <c r="X63" s="33"/>
+      <c r="Y63" s="33"/>
+      <c r="Z63" s="7"/>
+      <c r="AA63" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB63" s="7"/>
+      <c r="AC63" s="33"/>
       <c r="AD63" s="7"/>
-      <c r="AE63" s="8"/>
-[...2 lines deleted...]
-      <c r="A66" s="11"/>
+      <c r="AE63" s="7"/>
+    </row>
+    <row r="64" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A64" s="10"/>
+      <c r="B64" s="8"/>
+      <c r="C64" s="8"/>
+      <c r="D64" s="8"/>
+      <c r="E64" s="8"/>
+      <c r="F64" s="8"/>
+      <c r="G64" s="8"/>
+      <c r="H64" s="8"/>
+      <c r="I64" s="8"/>
+      <c r="J64" s="8"/>
+      <c r="K64" s="8"/>
+      <c r="L64" s="8"/>
+      <c r="M64" s="8"/>
+      <c r="N64" s="8"/>
+      <c r="O64" s="8"/>
+      <c r="P64" s="8"/>
+      <c r="Q64" s="8"/>
+      <c r="R64" s="8"/>
+      <c r="S64" s="8"/>
+      <c r="T64" s="8"/>
+      <c r="U64" s="8"/>
+      <c r="V64" s="8"/>
+      <c r="W64" s="8"/>
+      <c r="X64" s="8"/>
+      <c r="Y64" s="8"/>
+      <c r="Z64" s="8"/>
+      <c r="AA64" s="8"/>
+      <c r="AB64" s="8"/>
+      <c r="AC64" s="8"/>
+      <c r="AD64" s="8"/>
+      <c r="AE64" s="8"/>
+    </row>
+    <row r="65" spans="1:32" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="10"/>
+      <c r="B65" s="8"/>
+      <c r="C65" s="8"/>
+      <c r="D65" s="8"/>
+      <c r="E65" s="8"/>
+      <c r="F65" s="8"/>
+      <c r="G65" s="8"/>
+      <c r="H65" s="8"/>
+      <c r="I65" s="8"/>
+      <c r="J65" s="8"/>
+      <c r="K65" s="8"/>
+      <c r="L65" s="8"/>
+      <c r="M65" s="8"/>
+      <c r="N65" s="8"/>
+      <c r="O65" s="8"/>
+      <c r="P65" s="8"/>
+      <c r="Q65" s="8"/>
+      <c r="R65" s="8"/>
+      <c r="S65" s="8"/>
+      <c r="T65" s="8"/>
+      <c r="U65" s="8"/>
+      <c r="V65" s="8"/>
+      <c r="W65" s="8"/>
+      <c r="X65" s="8"/>
+      <c r="Y65" s="8"/>
+      <c r="Z65" s="8"/>
+      <c r="AA65" s="8"/>
+      <c r="AB65" s="8"/>
+      <c r="AC65" s="8"/>
+      <c r="AD65" s="8"/>
+      <c r="AE65" s="8"/>
+    </row>
+    <row r="66" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A66" s="10"/>
+      <c r="B66" s="8"/>
+      <c r="C66" s="8"/>
+      <c r="D66" s="8"/>
+      <c r="E66" s="8"/>
+      <c r="F66" s="8"/>
+      <c r="G66" s="8"/>
+      <c r="H66" s="8"/>
+      <c r="I66" s="8"/>
+      <c r="J66" s="8"/>
+      <c r="K66" s="8"/>
+      <c r="L66" s="8"/>
+      <c r="M66" s="8"/>
+      <c r="N66" s="8"/>
+      <c r="O66" s="8"/>
+      <c r="P66" s="8"/>
+      <c r="Q66" s="8"/>
+      <c r="R66" s="8"/>
+      <c r="S66" s="8"/>
+      <c r="T66" s="8"/>
+      <c r="U66" s="8"/>
+      <c r="V66" s="8"/>
+      <c r="W66" s="8"/>
+      <c r="X66" s="8"/>
+      <c r="Y66" s="8"/>
+      <c r="Z66" s="8"/>
+      <c r="AA66" s="8"/>
+      <c r="AB66" s="8"/>
+      <c r="AC66" s="8"/>
+      <c r="AD66" s="8"/>
+      <c r="AE66" s="8"/>
     </row>
     <row r="67" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A67" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B67" s="56" t="s">
+      <c r="B67" s="47" t="s">
         <v>18</v>
       </c>
-      <c r="C67" s="57"/>
-[...28 lines deleted...]
-      <c r="AF67" s="58"/>
+      <c r="C67" s="48"/>
+      <c r="D67" s="48"/>
+      <c r="E67" s="48"/>
+      <c r="F67" s="48"/>
+      <c r="G67" s="48"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="48"/>
+      <c r="K67" s="48"/>
+      <c r="L67" s="48"/>
+      <c r="M67" s="48"/>
+      <c r="N67" s="48"/>
+      <c r="O67" s="48"/>
+      <c r="P67" s="48"/>
+      <c r="Q67" s="48"/>
+      <c r="R67" s="48"/>
+      <c r="S67" s="48"/>
+      <c r="T67" s="48"/>
+      <c r="U67" s="48"/>
+      <c r="V67" s="48"/>
+      <c r="W67" s="48"/>
+      <c r="X67" s="48"/>
+      <c r="Y67" s="48"/>
+      <c r="Z67" s="48"/>
+      <c r="AA67" s="48"/>
+      <c r="AB67" s="48"/>
+      <c r="AC67" s="48"/>
+      <c r="AD67" s="48"/>
+      <c r="AE67" s="48"/>
+      <c r="AF67" s="49"/>
     </row>
     <row r="68" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A68" s="5"/>
-      <c r="B68" s="21">
+      <c r="B68" s="6">
         <v>1</v>
       </c>
-      <c r="C68" s="21">
+      <c r="C68" s="6">
         <v>2</v>
       </c>
-      <c r="D68" s="21">
+      <c r="D68" s="6">
         <v>3</v>
       </c>
-      <c r="E68" s="21">
+      <c r="E68" s="31">
         <v>4</v>
       </c>
-      <c r="F68" s="6">
+      <c r="F68" s="31">
         <v>5</v>
       </c>
       <c r="G68" s="6">
         <v>6</v>
       </c>
-      <c r="H68" s="21">
+      <c r="H68" s="6">
         <v>7</v>
       </c>
-      <c r="I68" s="21">
+      <c r="I68" s="6">
         <v>8</v>
       </c>
-      <c r="J68" s="21">
+      <c r="J68" s="6">
         <v>9</v>
       </c>
-      <c r="K68" s="21">
+      <c r="K68" s="6">
         <v>10</v>
       </c>
-      <c r="L68" s="21">
+      <c r="L68" s="31">
         <v>11</v>
       </c>
-      <c r="M68" s="6">
+      <c r="M68" s="31">
         <v>12</v>
       </c>
       <c r="N68" s="6">
         <v>13</v>
       </c>
-      <c r="O68" s="21">
+      <c r="O68" s="6">
         <v>14</v>
       </c>
-      <c r="P68" s="21">
+      <c r="P68" s="6">
         <v>15</v>
       </c>
-      <c r="Q68" s="21">
+      <c r="Q68" s="6">
         <v>16</v>
       </c>
-      <c r="R68" s="21">
+      <c r="R68" s="6">
         <v>17</v>
       </c>
-      <c r="S68" s="21">
+      <c r="S68" s="31">
         <v>18</v>
       </c>
-      <c r="T68" s="6">
+      <c r="T68" s="31">
         <v>19</v>
       </c>
       <c r="U68" s="6">
         <v>20</v>
       </c>
-      <c r="V68" s="21">
+      <c r="V68" s="6">
         <v>21</v>
       </c>
-      <c r="W68" s="21">
+      <c r="W68" s="6">
         <v>22</v>
       </c>
-      <c r="X68" s="21">
+      <c r="X68" s="6">
         <v>23</v>
       </c>
-      <c r="Y68" s="21">
+      <c r="Y68" s="6">
         <v>24</v>
       </c>
-      <c r="Z68" s="21">
+      <c r="Z68" s="31">
         <v>25</v>
       </c>
-      <c r="AA68" s="6">
+      <c r="AA68" s="31">
         <v>26</v>
       </c>
       <c r="AB68" s="6">
         <v>27</v>
       </c>
-      <c r="AC68" s="21">
+      <c r="AC68" s="6">
         <v>28</v>
       </c>
-      <c r="AD68" s="21">
+      <c r="AD68" s="6">
         <v>29</v>
       </c>
-      <c r="AE68" s="21">
+      <c r="AE68" s="6">
         <v>30</v>
       </c>
-      <c r="AF68" s="21">
+      <c r="AF68" s="6">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A69" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B69" s="8"/>
-[...3 lines deleted...]
-      <c r="F69" s="7"/>
+      <c r="B69" s="7"/>
+      <c r="C69" s="7"/>
+      <c r="D69" s="7"/>
+      <c r="E69" s="33"/>
+      <c r="F69" s="33"/>
       <c r="G69" s="7"/>
-      <c r="H69" s="8"/>
-[...8 lines deleted...]
-      <c r="M69" s="7"/>
+      <c r="H69" s="7"/>
+      <c r="I69" s="7"/>
+      <c r="J69" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K69" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="L69" s="33"/>
+      <c r="M69" s="33"/>
       <c r="N69" s="7"/>
-      <c r="O69" s="8"/>
-[...4 lines deleted...]
-      <c r="T69" s="7"/>
+      <c r="O69" s="7"/>
+      <c r="P69" s="7"/>
+      <c r="Q69" s="14"/>
+      <c r="R69" s="7"/>
+      <c r="S69" s="33"/>
+      <c r="T69" s="33"/>
       <c r="U69" s="7"/>
-      <c r="V69" s="8"/>
-[...4 lines deleted...]
-      <c r="AA69" s="7"/>
+      <c r="V69" s="7"/>
+      <c r="W69" s="7"/>
+      <c r="X69" s="7"/>
+      <c r="Y69" s="7"/>
+      <c r="Z69" s="33"/>
+      <c r="AA69" s="33"/>
       <c r="AB69" s="7"/>
-      <c r="AC69" s="8"/>
-[...2 lines deleted...]
-      <c r="AF69" s="25"/>
+      <c r="AC69" s="7"/>
+      <c r="AD69" s="7"/>
+      <c r="AE69" s="7"/>
+      <c r="AF69" s="17"/>
     </row>
     <row r="70" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A70" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B70" s="8"/>
-[...3 lines deleted...]
-      <c r="F70" s="7"/>
+      <c r="B70" s="7"/>
+      <c r="C70" s="7"/>
+      <c r="D70" s="7"/>
+      <c r="E70" s="33"/>
+      <c r="F70" s="33"/>
       <c r="G70" s="7"/>
-      <c r="H70" s="8"/>
-[...6 lines deleted...]
-      <c r="M70" s="7"/>
+      <c r="H70" s="7"/>
+      <c r="I70" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="J70" s="7"/>
+      <c r="K70" s="7"/>
+      <c r="L70" s="33"/>
+      <c r="M70" s="33"/>
       <c r="N70" s="7"/>
-      <c r="O70" s="8"/>
-[...6 lines deleted...]
-      <c r="T70" s="7"/>
+      <c r="O70" s="7"/>
+      <c r="P70" s="7"/>
+      <c r="Q70" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="R70" s="7"/>
+      <c r="S70" s="33"/>
+      <c r="T70" s="33"/>
       <c r="U70" s="7"/>
-      <c r="V70" s="8"/>
-[...4 lines deleted...]
-      <c r="AA70" s="46"/>
+      <c r="V70" s="7"/>
+      <c r="W70" s="7"/>
+      <c r="X70" s="7"/>
+      <c r="Y70" s="7"/>
+      <c r="Z70" s="33"/>
+      <c r="AA70" s="39"/>
       <c r="AB70" s="7"/>
-      <c r="AC70" s="8"/>
-[...2 lines deleted...]
-      <c r="AF70" s="8"/>
+      <c r="AC70" s="7"/>
+      <c r="AD70" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE70" s="7"/>
+      <c r="AF70" s="7"/>
     </row>
     <row r="71" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A71" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B71" s="8"/>
-[...5 lines deleted...]
-      <c r="F71" s="7"/>
+      <c r="B71" s="7"/>
+      <c r="C71" s="7"/>
+      <c r="D71" s="7"/>
+      <c r="E71" s="33"/>
+      <c r="F71" s="33"/>
       <c r="G71" s="7"/>
-      <c r="H71" s="8"/>
-[...4 lines deleted...]
-      <c r="M71" s="7"/>
+      <c r="H71" s="7"/>
+      <c r="I71" s="7"/>
+      <c r="J71" s="7"/>
+      <c r="K71" s="7"/>
+      <c r="L71" s="33"/>
+      <c r="M71" s="33"/>
       <c r="N71" s="7"/>
-      <c r="O71" s="8"/>
-[...6 lines deleted...]
-      <c r="T71" s="16"/>
+      <c r="O71" s="7"/>
+      <c r="P71" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q71" s="7"/>
+      <c r="R71" s="7"/>
+      <c r="S71" s="37"/>
+      <c r="T71" s="38"/>
       <c r="U71" s="17"/>
-      <c r="V71" s="8"/>
-[...4 lines deleted...]
-      <c r="AA71" s="47"/>
+      <c r="V71" s="7"/>
+      <c r="W71" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="X71" s="7"/>
+      <c r="Y71" s="7"/>
+      <c r="Z71" s="33"/>
+      <c r="AA71" s="40"/>
       <c r="AB71" s="7"/>
-      <c r="AC71" s="8"/>
-[...4 lines deleted...]
-      <c r="AF71" s="25"/>
+      <c r="AC71" s="7"/>
+      <c r="AD71" s="7"/>
+      <c r="AE71" s="7"/>
+      <c r="AF71" s="17"/>
     </row>
     <row r="72" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A72" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B72" s="8"/>
-[...5 lines deleted...]
-      <c r="F72" s="7"/>
+      <c r="B72" s="7"/>
+      <c r="C72" s="7"/>
+      <c r="D72" s="8"/>
+      <c r="E72" s="33"/>
+      <c r="F72" s="33"/>
       <c r="G72" s="7"/>
-      <c r="H72" s="8"/>
-[...4 lines deleted...]
-      <c r="M72" s="7"/>
+      <c r="H72" s="7"/>
+      <c r="I72" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="J72" s="7"/>
+      <c r="K72" s="7"/>
+      <c r="L72" s="33"/>
+      <c r="M72" s="33"/>
       <c r="N72" s="7"/>
-      <c r="O72" s="8"/>
-[...4 lines deleted...]
-      <c r="T72" s="7"/>
+      <c r="O72" s="7"/>
+      <c r="P72" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q72" s="7"/>
+      <c r="R72" s="7"/>
+      <c r="S72" s="33"/>
+      <c r="T72" s="33"/>
       <c r="U72" s="7"/>
-      <c r="V72" s="8"/>
-[...5 lines deleted...]
-      <c r="AA72" s="29"/>
+      <c r="V72" s="7"/>
+      <c r="W72" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y72" s="7"/>
+      <c r="Z72" s="33"/>
+      <c r="AA72" s="32"/>
       <c r="AB72" s="7"/>
-      <c r="AC72" s="8"/>
-[...2 lines deleted...]
-      <c r="AF72" s="25"/>
+      <c r="AC72" s="7"/>
+      <c r="AD72" s="7"/>
+      <c r="AE72" s="7"/>
+      <c r="AF72" s="17"/>
     </row>
     <row r="73" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A73" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B73" s="8"/>
-[...3 lines deleted...]
-      <c r="F73" s="7"/>
+      <c r="B73" s="7"/>
+      <c r="C73" s="7"/>
+      <c r="D73" s="7"/>
+      <c r="E73" s="33"/>
+      <c r="F73" s="33"/>
       <c r="G73" s="7"/>
-      <c r="H73" s="8"/>
-[...6 lines deleted...]
-      <c r="M73" s="7"/>
+      <c r="H73" s="7"/>
+      <c r="I73" s="7"/>
+      <c r="J73" s="7"/>
+      <c r="K73" s="7"/>
+      <c r="L73" s="33"/>
+      <c r="M73" s="33"/>
       <c r="N73" s="7"/>
-      <c r="O73" s="8"/>
-[...6 lines deleted...]
-      <c r="T73" s="7"/>
+      <c r="O73" s="7"/>
+      <c r="P73" s="7"/>
+      <c r="Q73" s="7"/>
+      <c r="R73" s="7"/>
+      <c r="S73" s="33"/>
+      <c r="T73" s="33"/>
       <c r="U73" s="7"/>
-      <c r="V73" s="8"/>
-[...6 lines deleted...]
-      <c r="AA73" s="47"/>
+      <c r="V73" s="7"/>
+      <c r="W73" s="7"/>
+      <c r="X73" s="7"/>
+      <c r="Y73" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="Z73" s="33"/>
+      <c r="AA73" s="40"/>
       <c r="AB73" s="7"/>
-      <c r="AC73" s="8"/>
-[...2 lines deleted...]
-      <c r="AF73" s="25"/>
+      <c r="AC73" s="7"/>
+      <c r="AD73" s="7"/>
+      <c r="AE73" s="7"/>
+      <c r="AF73" s="17"/>
     </row>
     <row r="77" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A77" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B77" s="56" t="s">
+      <c r="B77" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="C77" s="57"/>
-[...28 lines deleted...]
-      <c r="AF77" s="58"/>
+      <c r="C77" s="48"/>
+      <c r="D77" s="48"/>
+      <c r="E77" s="48"/>
+      <c r="F77" s="48"/>
+      <c r="G77" s="48"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="48"/>
+      <c r="K77" s="48"/>
+      <c r="L77" s="48"/>
+      <c r="M77" s="48"/>
+      <c r="N77" s="48"/>
+      <c r="O77" s="48"/>
+      <c r="P77" s="48"/>
+      <c r="Q77" s="48"/>
+      <c r="R77" s="48"/>
+      <c r="S77" s="48"/>
+      <c r="T77" s="48"/>
+      <c r="U77" s="48"/>
+      <c r="V77" s="48"/>
+      <c r="W77" s="48"/>
+      <c r="X77" s="48"/>
+      <c r="Y77" s="48"/>
+      <c r="Z77" s="48"/>
+      <c r="AA77" s="48"/>
+      <c r="AB77" s="48"/>
+      <c r="AC77" s="48"/>
+      <c r="AD77" s="48"/>
+      <c r="AE77" s="48"/>
+      <c r="AF77" s="49"/>
     </row>
     <row r="78" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A78" s="5"/>
-      <c r="B78" s="21">
+      <c r="B78" s="31">
         <v>1</v>
       </c>
-      <c r="C78" s="6">
+      <c r="C78" s="31">
         <v>2</v>
       </c>
       <c r="D78" s="6">
         <v>3</v>
       </c>
-      <c r="E78" s="21">
+      <c r="E78" s="6">
         <v>4</v>
       </c>
-      <c r="F78" s="21">
+      <c r="F78" s="6">
         <v>5</v>
       </c>
-      <c r="G78" s="21">
+      <c r="G78" s="6">
         <v>6</v>
       </c>
-      <c r="H78" s="21">
+      <c r="H78" s="6">
         <v>7</v>
       </c>
-      <c r="I78" s="21">
+      <c r="I78" s="31">
         <v>8</v>
       </c>
-      <c r="J78" s="6">
+      <c r="J78" s="31">
         <v>9</v>
       </c>
       <c r="K78" s="6">
         <v>10</v>
       </c>
-      <c r="L78" s="21">
+      <c r="L78" s="6">
         <v>11</v>
       </c>
-      <c r="M78" s="21">
+      <c r="M78" s="6">
         <v>12</v>
       </c>
-      <c r="N78" s="21">
+      <c r="N78" s="6">
         <v>13</v>
       </c>
-      <c r="O78" s="21">
+      <c r="O78" s="6">
         <v>14</v>
       </c>
-      <c r="P78" s="21">
+      <c r="P78" s="31">
         <v>15</v>
       </c>
-      <c r="Q78" s="6">
+      <c r="Q78" s="31">
         <v>16</v>
       </c>
       <c r="R78" s="6">
         <v>17</v>
       </c>
-      <c r="S78" s="21">
+      <c r="S78" s="6">
         <v>18</v>
       </c>
-      <c r="T78" s="21">
+      <c r="T78" s="6">
         <v>19</v>
       </c>
-      <c r="U78" s="21">
+      <c r="U78" s="6">
         <v>20</v>
       </c>
-      <c r="V78" s="21">
+      <c r="V78" s="6">
         <v>21</v>
       </c>
-      <c r="W78" s="21">
+      <c r="W78" s="31">
         <v>22</v>
       </c>
-      <c r="X78" s="6">
+      <c r="X78" s="31">
         <v>23</v>
       </c>
       <c r="Y78" s="6">
         <v>24</v>
       </c>
-      <c r="Z78" s="21">
+      <c r="Z78" s="6">
         <v>25</v>
       </c>
-      <c r="AA78" s="21">
+      <c r="AA78" s="6">
         <v>26</v>
       </c>
-      <c r="AB78" s="21">
+      <c r="AB78" s="6">
         <v>27</v>
       </c>
-      <c r="AC78" s="21">
+      <c r="AC78" s="6">
         <v>28</v>
       </c>
-      <c r="AD78" s="21">
+      <c r="AD78" s="31">
         <v>29</v>
       </c>
-      <c r="AE78" s="6">
+      <c r="AE78" s="31">
         <v>30</v>
       </c>
       <c r="AF78" s="6">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A79" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B79" s="8"/>
-      <c r="C79" s="7"/>
+      <c r="B79" s="33"/>
+      <c r="C79" s="33"/>
       <c r="D79" s="7"/>
-      <c r="E79" s="8"/>
-[...4 lines deleted...]
-      <c r="J79" s="7"/>
+      <c r="E79" s="7"/>
+      <c r="F79" s="7"/>
+      <c r="G79" s="7"/>
+      <c r="H79" s="7"/>
+      <c r="I79" s="33"/>
+      <c r="J79" s="33"/>
       <c r="K79" s="7"/>
-      <c r="L79" s="8"/>
-[...4 lines deleted...]
-      <c r="Q79" s="15"/>
+      <c r="L79" s="7"/>
+      <c r="M79" s="7"/>
+      <c r="N79" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="O79" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="P79" s="33"/>
+      <c r="Q79" s="37"/>
       <c r="R79" s="7"/>
-      <c r="S79" s="8"/>
-[...4 lines deleted...]
-      <c r="X79" s="7"/>
+      <c r="S79" s="7"/>
+      <c r="T79" s="7"/>
+      <c r="U79" s="7"/>
+      <c r="V79" s="7"/>
+      <c r="W79" s="33"/>
+      <c r="X79" s="33"/>
       <c r="Y79" s="7"/>
-      <c r="Z79" s="8"/>
-[...9 lines deleted...]
-      <c r="AF79" s="15"/>
+      <c r="Z79" s="7"/>
+      <c r="AA79" s="7"/>
+      <c r="AB79" s="7"/>
+      <c r="AC79" s="7"/>
+      <c r="AD79" s="33"/>
+      <c r="AE79" s="33"/>
+      <c r="AF79" s="14"/>
     </row>
     <row r="80" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A80" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B80" s="8"/>
-      <c r="C80" s="7"/>
+      <c r="B80" s="33"/>
+      <c r="C80" s="33"/>
       <c r="D80" s="7"/>
-      <c r="E80" s="8"/>
-[...6 lines deleted...]
-      <c r="J80" s="7"/>
+      <c r="E80" s="7"/>
+      <c r="F80" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G80" s="7"/>
+      <c r="H80" s="7"/>
+      <c r="I80" s="33"/>
+      <c r="J80" s="33"/>
       <c r="K80" s="7"/>
-      <c r="L80" s="8"/>
-[...8 lines deleted...]
-      <c r="Q80" s="7"/>
+      <c r="L80" s="7"/>
+      <c r="M80" s="7"/>
+      <c r="N80" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="O80" s="7"/>
+      <c r="P80" s="33"/>
+      <c r="Q80" s="33"/>
       <c r="R80" s="7"/>
-      <c r="S80" s="8"/>
-[...6 lines deleted...]
-      <c r="X80" s="7"/>
+      <c r="S80" s="7"/>
+      <c r="T80" s="7"/>
+      <c r="U80" s="7"/>
+      <c r="V80" s="7"/>
+      <c r="W80" s="33"/>
+      <c r="X80" s="33"/>
       <c r="Y80" s="7"/>
-      <c r="Z80" s="8"/>
-[...5 lines deleted...]
-      <c r="AF80" s="15"/>
+      <c r="Z80" s="7"/>
+      <c r="AA80" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB80" s="7"/>
+      <c r="AC80" s="7"/>
+      <c r="AD80" s="33"/>
+      <c r="AE80" s="33"/>
+      <c r="AF80" s="14"/>
     </row>
     <row r="81" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A81" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B81" s="8"/>
-      <c r="C81" s="7"/>
+      <c r="B81" s="33"/>
+      <c r="C81" s="33"/>
       <c r="D81" s="7"/>
-      <c r="E81" s="8"/>
-[...6 lines deleted...]
-      <c r="J81" s="7"/>
+      <c r="E81" s="7"/>
+      <c r="F81" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G81" s="7"/>
+      <c r="H81" s="7"/>
+      <c r="I81" s="33"/>
+      <c r="J81" s="33"/>
       <c r="K81" s="7"/>
-      <c r="L81" s="8"/>
-[...4 lines deleted...]
-      <c r="Q81" s="7"/>
+      <c r="L81" s="7"/>
+      <c r="M81" s="7"/>
+      <c r="N81" s="7"/>
+      <c r="O81" s="7"/>
+      <c r="P81" s="33"/>
+      <c r="Q81" s="33"/>
       <c r="R81" s="7"/>
-      <c r="S81" s="22"/>
-[...6 lines deleted...]
-      <c r="X81" s="7"/>
+      <c r="S81" s="14"/>
+      <c r="T81" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="U81" s="7"/>
+      <c r="V81" s="7"/>
+      <c r="W81" s="33"/>
+      <c r="X81" s="33"/>
       <c r="Y81" s="7"/>
-      <c r="Z81" s="8"/>
-[...5 lines deleted...]
-      <c r="AF81" s="15"/>
+      <c r="Z81" s="7"/>
+      <c r="AA81" s="7"/>
+      <c r="AB81" s="7"/>
+      <c r="AC81" s="7"/>
+      <c r="AD81" s="33"/>
+      <c r="AE81" s="33"/>
+      <c r="AF81" s="14"/>
     </row>
     <row r="82" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A82" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B82" s="8"/>
-      <c r="C82" s="7"/>
+      <c r="B82" s="33"/>
+      <c r="C82" s="33"/>
       <c r="D82" s="7"/>
-      <c r="E82" s="8"/>
-[...4 lines deleted...]
-      <c r="J82" s="7"/>
+      <c r="E82" s="7"/>
+      <c r="F82" s="7"/>
+      <c r="G82" s="7"/>
+      <c r="H82" s="7"/>
+      <c r="I82" s="33"/>
+      <c r="J82" s="33"/>
       <c r="K82" s="7"/>
-      <c r="L82" s="8"/>
-[...4 lines deleted...]
-      <c r="Q82" s="7"/>
+      <c r="L82" s="7"/>
+      <c r="M82" s="7"/>
+      <c r="N82" s="7"/>
+      <c r="O82" s="7"/>
+      <c r="P82" s="33"/>
+      <c r="Q82" s="33"/>
       <c r="R82" s="7"/>
-      <c r="S82" s="8"/>
-[...6 lines deleted...]
-      <c r="X82" s="7"/>
+      <c r="S82" s="7"/>
+      <c r="T82" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="U82" s="7"/>
+      <c r="V82" s="7"/>
+      <c r="W82" s="33"/>
+      <c r="X82" s="33"/>
       <c r="Y82" s="7"/>
-      <c r="Z82" s="8"/>
-[...7 lines deleted...]
-      <c r="AF82" s="15"/>
+      <c r="Z82" s="7"/>
+      <c r="AA82" s="7"/>
+      <c r="AB82" s="7"/>
+      <c r="AC82" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD82" s="33"/>
+      <c r="AE82" s="33"/>
+      <c r="AF82" s="14"/>
     </row>
     <row r="83" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A83" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B83" s="8"/>
-      <c r="C83" s="7"/>
+      <c r="B83" s="33"/>
+      <c r="C83" s="33"/>
       <c r="D83" s="7"/>
-      <c r="E83" s="8"/>
-[...6 lines deleted...]
-      <c r="J83" s="7"/>
+      <c r="E83" s="7"/>
+      <c r="F83" s="7"/>
+      <c r="G83" s="7"/>
+      <c r="H83" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I83" s="33"/>
+      <c r="J83" s="33"/>
       <c r="K83" s="7"/>
-      <c r="L83" s="8"/>
-[...4 lines deleted...]
-      <c r="Q83" s="7"/>
+      <c r="L83" s="7"/>
+      <c r="M83" s="7"/>
+      <c r="N83" s="18"/>
+      <c r="O83" s="7"/>
+      <c r="P83" s="33"/>
+      <c r="Q83" s="33"/>
       <c r="R83" s="7"/>
-      <c r="S83" s="8"/>
-[...4 lines deleted...]
-      <c r="X83" s="7"/>
+      <c r="S83" s="7"/>
+      <c r="T83" s="7"/>
+      <c r="U83" s="7"/>
+      <c r="V83" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="W83" s="33"/>
+      <c r="X83" s="33"/>
       <c r="Y83" s="7"/>
-      <c r="Z83" s="8"/>
-[...5 lines deleted...]
-      <c r="AF83" s="15"/>
+      <c r="Z83" s="7"/>
+      <c r="AA83" s="7"/>
+      <c r="AB83" s="7"/>
+      <c r="AC83" s="7"/>
+      <c r="AD83" s="33"/>
+      <c r="AE83" s="33"/>
+      <c r="AF83" s="14"/>
     </row>
     <row r="86" spans="1:32" ht="22.8" x14ac:dyDescent="0.4">
       <c r="A86" s="11"/>
     </row>
     <row r="87" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A87" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B87" s="59" t="s">
+      <c r="B87" s="50" t="s">
         <v>20</v>
       </c>
-      <c r="C87" s="59"/>
-[...28 lines deleted...]
-      <c r="AF87" s="18"/>
+      <c r="C87" s="50"/>
+      <c r="D87" s="50"/>
+      <c r="E87" s="50"/>
+      <c r="F87" s="50"/>
+      <c r="G87" s="50"/>
+      <c r="H87" s="50"/>
+      <c r="I87" s="50"/>
+      <c r="J87" s="50"/>
+      <c r="K87" s="50"/>
+      <c r="L87" s="50"/>
+      <c r="M87" s="50"/>
+      <c r="N87" s="50"/>
+      <c r="O87" s="50"/>
+      <c r="P87" s="50"/>
+      <c r="Q87" s="50"/>
+      <c r="R87" s="50"/>
+      <c r="S87" s="50"/>
+      <c r="T87" s="50"/>
+      <c r="U87" s="50"/>
+      <c r="V87" s="50"/>
+      <c r="W87" s="50"/>
+      <c r="X87" s="50"/>
+      <c r="Y87" s="50"/>
+      <c r="Z87" s="50"/>
+      <c r="AA87" s="50"/>
+      <c r="AB87" s="50"/>
+      <c r="AC87" s="50"/>
+      <c r="AD87" s="50"/>
+      <c r="AE87" s="50"/>
+      <c r="AF87" s="12"/>
     </row>
     <row r="88" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A88" s="5"/>
-      <c r="B88" s="21">
+      <c r="B88" s="6">
         <v>1</v>
       </c>
-      <c r="C88" s="21">
+      <c r="C88" s="6">
         <v>2</v>
       </c>
-      <c r="D88" s="21">
+      <c r="D88" s="6">
         <v>3</v>
       </c>
-      <c r="E88" s="21">
+      <c r="E88" s="6">
         <v>4</v>
       </c>
-      <c r="F88" s="21">
+      <c r="F88" s="31">
         <v>5</v>
       </c>
-      <c r="G88" s="6">
+      <c r="G88" s="31">
         <v>6</v>
       </c>
       <c r="H88" s="6">
         <v>7</v>
       </c>
-      <c r="I88" s="21">
+      <c r="I88" s="6">
         <v>8</v>
       </c>
-      <c r="J88" s="21">
+      <c r="J88" s="6">
         <v>9</v>
       </c>
-      <c r="K88" s="21">
+      <c r="K88" s="6">
         <v>10</v>
       </c>
-      <c r="L88" s="21">
+      <c r="L88" s="6">
         <v>11</v>
       </c>
-      <c r="M88" s="21">
+      <c r="M88" s="31">
         <v>12</v>
       </c>
-      <c r="N88" s="6">
+      <c r="N88" s="31">
         <v>13</v>
       </c>
       <c r="O88" s="6">
         <v>14</v>
       </c>
-      <c r="P88" s="21">
+      <c r="P88" s="6">
         <v>15</v>
       </c>
-      <c r="Q88" s="21">
+      <c r="Q88" s="6">
         <v>16</v>
       </c>
-      <c r="R88" s="21">
+      <c r="R88" s="6">
         <v>17</v>
       </c>
-      <c r="S88" s="21">
+      <c r="S88" s="6">
         <v>18</v>
       </c>
-      <c r="T88" s="21">
+      <c r="T88" s="31">
         <v>19</v>
       </c>
-      <c r="U88" s="6">
+      <c r="U88" s="31">
         <v>20</v>
       </c>
       <c r="V88" s="6">
         <v>21</v>
       </c>
-      <c r="W88" s="21">
+      <c r="W88" s="6">
         <v>22</v>
       </c>
-      <c r="X88" s="21">
+      <c r="X88" s="6">
         <v>23</v>
       </c>
-      <c r="Y88" s="21">
+      <c r="Y88" s="6">
         <v>24</v>
       </c>
-      <c r="Z88" s="21">
+      <c r="Z88" s="6">
         <v>25</v>
       </c>
-      <c r="AA88" s="21">
+      <c r="AA88" s="31">
         <v>26</v>
       </c>
-      <c r="AB88" s="6">
+      <c r="AB88" s="31">
         <v>27</v>
       </c>
       <c r="AC88" s="6">
         <v>28</v>
       </c>
-      <c r="AD88" s="21">
+      <c r="AD88" s="6">
         <v>29</v>
       </c>
-      <c r="AE88" s="21">
+      <c r="AE88" s="6">
         <v>30</v>
       </c>
       <c r="AF88" s="19"/>
     </row>
     <row r="89" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A89" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B89" s="8"/>
-[...4 lines deleted...]
-      <c r="G89" s="7"/>
+      <c r="B89" s="7"/>
+      <c r="C89" s="7"/>
+      <c r="D89" s="7"/>
+      <c r="E89" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F89" s="33"/>
+      <c r="G89" s="33"/>
       <c r="H89" s="7"/>
-      <c r="I89" s="8"/>
-[...4 lines deleted...]
-      <c r="N89" s="7"/>
+      <c r="I89" s="7"/>
+      <c r="J89" s="7"/>
+      <c r="K89" s="7"/>
+      <c r="L89" s="7"/>
+      <c r="M89" s="33"/>
+      <c r="N89" s="33"/>
       <c r="O89" s="7"/>
-      <c r="P89" s="8"/>
-[...8 lines deleted...]
-      <c r="U89" s="7"/>
+      <c r="P89" s="7"/>
+      <c r="Q89" s="14"/>
+      <c r="R89" s="7"/>
+      <c r="S89" s="7"/>
+      <c r="T89" s="33"/>
+      <c r="U89" s="33"/>
       <c r="V89" s="7"/>
-      <c r="W89" s="8"/>
-[...4 lines deleted...]
-      <c r="AB89" s="7"/>
+      <c r="W89" s="7"/>
+      <c r="X89" s="7"/>
+      <c r="Y89" s="7"/>
+      <c r="Z89" s="7"/>
+      <c r="AA89" s="33"/>
+      <c r="AB89" s="33"/>
       <c r="AC89" s="7"/>
-      <c r="AD89" s="8"/>
-      <c r="AE89" s="8"/>
+      <c r="AD89" s="7"/>
+      <c r="AE89" s="7"/>
     </row>
     <row r="90" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A90" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B90" s="8"/>
-[...6 lines deleted...]
-      <c r="G90" s="7"/>
+      <c r="B90" s="7"/>
+      <c r="C90" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D90" s="7"/>
+      <c r="E90" s="7"/>
+      <c r="F90" s="33"/>
+      <c r="G90" s="33"/>
       <c r="H90" s="7"/>
-      <c r="I90" s="8"/>
-[...8 lines deleted...]
-      <c r="N90" s="7"/>
+      <c r="I90" s="7"/>
+      <c r="J90" s="7"/>
+      <c r="K90" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="L90" s="7"/>
+      <c r="M90" s="33"/>
+      <c r="N90" s="33"/>
       <c r="O90" s="7"/>
-      <c r="P90" s="8"/>
-[...4 lines deleted...]
-      <c r="U90" s="7"/>
+      <c r="P90" s="7"/>
+      <c r="Q90" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="R90" s="7"/>
+      <c r="S90" s="7"/>
+      <c r="T90" s="33"/>
+      <c r="U90" s="33"/>
       <c r="V90" s="7"/>
-      <c r="W90" s="8"/>
-[...6 lines deleted...]
-      <c r="AB90" s="7"/>
+      <c r="W90" s="7"/>
+      <c r="X90" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y90" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="Z90" s="7"/>
+      <c r="AA90" s="33"/>
+      <c r="AB90" s="33"/>
       <c r="AC90" s="7"/>
-      <c r="AD90" s="8"/>
-      <c r="AE90" s="8"/>
+      <c r="AD90" s="7"/>
+      <c r="AE90" s="58" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="91" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A91" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B91" s="8"/>
-[...6 lines deleted...]
-      <c r="G91" s="7"/>
+      <c r="B91" s="7"/>
+      <c r="C91" s="7"/>
+      <c r="D91" s="7"/>
+      <c r="E91" s="7"/>
+      <c r="F91" s="33"/>
+      <c r="G91" s="33"/>
       <c r="H91" s="7"/>
-      <c r="I91" s="8"/>
-[...6 lines deleted...]
-      <c r="N91" s="7"/>
+      <c r="I91" s="7"/>
+      <c r="J91" s="7"/>
+      <c r="K91" s="7"/>
+      <c r="L91" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="M91" s="33"/>
+      <c r="N91" s="33"/>
       <c r="O91" s="7"/>
-      <c r="P91" s="8"/>
-[...6 lines deleted...]
-      <c r="U91" s="7"/>
+      <c r="P91" s="7"/>
+      <c r="Q91" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="R91" s="7"/>
+      <c r="S91" s="14"/>
+      <c r="T91" s="38"/>
+      <c r="U91" s="33"/>
       <c r="V91" s="7"/>
-      <c r="W91" s="8"/>
-[...4 lines deleted...]
-      <c r="AB91" s="7"/>
+      <c r="W91" s="7"/>
+      <c r="X91" s="7"/>
+      <c r="Y91" s="7"/>
+      <c r="Z91" s="7"/>
+      <c r="AA91" s="33"/>
+      <c r="AB91" s="33"/>
       <c r="AC91" s="7"/>
-      <c r="AD91" s="8"/>
-      <c r="AE91" s="8"/>
+      <c r="AD91" s="7"/>
+      <c r="AE91" s="7"/>
     </row>
     <row r="92" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A92" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B92" s="8"/>
-[...4 lines deleted...]
-      <c r="G92" s="7"/>
+      <c r="B92" s="7"/>
+      <c r="C92" s="7"/>
+      <c r="D92" s="7"/>
+      <c r="E92" s="7"/>
+      <c r="F92" s="33"/>
+      <c r="G92" s="33"/>
       <c r="H92" s="7"/>
-      <c r="I92" s="8"/>
-[...4 lines deleted...]
-      <c r="N92" s="7"/>
+      <c r="I92" s="7"/>
+      <c r="J92" s="7"/>
+      <c r="K92" s="7"/>
+      <c r="L92" s="7"/>
+      <c r="M92" s="33"/>
+      <c r="N92" s="33"/>
       <c r="O92" s="7"/>
-      <c r="P92" s="8"/>
-[...6 lines deleted...]
-      <c r="U92" s="7"/>
+      <c r="P92" s="7"/>
+      <c r="Q92" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="R92" s="7"/>
+      <c r="S92" s="7"/>
+      <c r="T92" s="34"/>
+      <c r="U92" s="33"/>
       <c r="V92" s="7"/>
-      <c r="W92" s="8"/>
-[...6 lines deleted...]
-      <c r="AB92" s="7"/>
+      <c r="W92" s="7"/>
+      <c r="X92" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y92" s="7"/>
+      <c r="Z92" s="7"/>
+      <c r="AA92" s="34"/>
+      <c r="AB92" s="33"/>
       <c r="AC92" s="7"/>
-      <c r="AD92" s="8"/>
-      <c r="AE92" s="8"/>
+      <c r="AD92" s="7"/>
+      <c r="AE92" s="7"/>
     </row>
     <row r="93" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A93" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B93" s="8"/>
-[...4 lines deleted...]
-      <c r="G93" s="7"/>
+      <c r="B93" s="7"/>
+      <c r="C93" s="7"/>
+      <c r="D93" s="7"/>
+      <c r="E93" s="7"/>
+      <c r="F93" s="33"/>
+      <c r="G93" s="33"/>
       <c r="H93" s="7"/>
-      <c r="I93" s="8"/>
-[...4 lines deleted...]
-      <c r="N93" s="7"/>
+      <c r="I93" s="7"/>
+      <c r="J93" s="7"/>
+      <c r="K93" s="7"/>
+      <c r="L93" s="7"/>
+      <c r="M93" s="33"/>
+      <c r="N93" s="33"/>
       <c r="O93" s="7"/>
-      <c r="P93" s="8"/>
-[...6 lines deleted...]
-      <c r="U93" s="7"/>
+      <c r="P93" s="7"/>
+      <c r="Q93" s="7"/>
+      <c r="R93" s="7"/>
+      <c r="S93" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="T93" s="33"/>
+      <c r="U93" s="33"/>
       <c r="V93" s="7"/>
-      <c r="W93" s="8"/>
-[...6 lines deleted...]
-      <c r="AB93" s="7"/>
+      <c r="W93" s="7"/>
+      <c r="X93" s="7"/>
+      <c r="Y93" s="7"/>
+      <c r="Z93" s="7"/>
+      <c r="AA93" s="33"/>
+      <c r="AB93" s="33"/>
       <c r="AC93" s="7"/>
-      <c r="AD93" s="8"/>
-      <c r="AE93" s="8"/>
+      <c r="AD93" s="7"/>
+      <c r="AE93" s="7"/>
     </row>
     <row r="96" spans="1:32" ht="23.4" x14ac:dyDescent="0.45">
       <c r="A96" s="20"/>
     </row>
     <row r="97" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A97" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B97" s="56" t="s">
+      <c r="B97" s="47" t="s">
         <v>21</v>
       </c>
-      <c r="C97" s="57"/>
-[...28 lines deleted...]
-      <c r="AF97" s="58"/>
+      <c r="C97" s="48"/>
+      <c r="D97" s="48"/>
+      <c r="E97" s="48"/>
+      <c r="F97" s="48"/>
+      <c r="G97" s="48"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="48"/>
+      <c r="K97" s="48"/>
+      <c r="L97" s="48"/>
+      <c r="M97" s="48"/>
+      <c r="N97" s="48"/>
+      <c r="O97" s="48"/>
+      <c r="P97" s="48"/>
+      <c r="Q97" s="48"/>
+      <c r="R97" s="48"/>
+      <c r="S97" s="48"/>
+      <c r="T97" s="48"/>
+      <c r="U97" s="48"/>
+      <c r="V97" s="48"/>
+      <c r="W97" s="48"/>
+      <c r="X97" s="48"/>
+      <c r="Y97" s="48"/>
+      <c r="Z97" s="48"/>
+      <c r="AA97" s="48"/>
+      <c r="AB97" s="48"/>
+      <c r="AC97" s="48"/>
+      <c r="AD97" s="48"/>
+      <c r="AE97" s="48"/>
+      <c r="AF97" s="49"/>
     </row>
     <row r="98" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A98" s="5"/>
-      <c r="B98" s="21">
+      <c r="B98" s="6">
         <v>1</v>
       </c>
-      <c r="C98" s="21">
+      <c r="C98" s="6">
         <v>2</v>
       </c>
-      <c r="D98" s="21">
+      <c r="D98" s="31">
         <v>3</v>
       </c>
-      <c r="E98" s="6">
+      <c r="E98" s="31">
         <v>4</v>
       </c>
       <c r="F98" s="6">
         <v>5</v>
       </c>
-      <c r="G98" s="21">
+      <c r="G98" s="6">
         <v>6</v>
       </c>
-      <c r="H98" s="21">
+      <c r="H98" s="6">
         <v>7</v>
       </c>
-      <c r="I98" s="21">
+      <c r="I98" s="6">
         <v>8</v>
       </c>
-      <c r="J98" s="21">
+      <c r="J98" s="6">
         <v>9</v>
       </c>
-      <c r="K98" s="21">
+      <c r="K98" s="31">
         <v>10</v>
       </c>
-      <c r="L98" s="6">
+      <c r="L98" s="31">
         <v>11</v>
       </c>
       <c r="M98" s="6">
         <v>12</v>
       </c>
-      <c r="N98" s="21">
+      <c r="N98" s="6">
         <v>13</v>
       </c>
-      <c r="O98" s="21">
+      <c r="O98" s="6">
         <v>14</v>
       </c>
-      <c r="P98" s="21">
+      <c r="P98" s="6">
         <v>15</v>
       </c>
-      <c r="Q98" s="21">
+      <c r="Q98" s="6">
         <v>16</v>
       </c>
-      <c r="R98" s="21">
+      <c r="R98" s="31">
         <v>17</v>
       </c>
-      <c r="S98" s="6">
+      <c r="S98" s="31">
         <v>18</v>
       </c>
       <c r="T98" s="6">
         <v>19</v>
       </c>
-      <c r="U98" s="21">
+      <c r="U98" s="6">
         <v>20</v>
       </c>
-      <c r="V98" s="21">
+      <c r="V98" s="6">
         <v>21</v>
       </c>
-      <c r="W98" s="21">
+      <c r="W98" s="6">
         <v>22</v>
       </c>
-      <c r="X98" s="21">
+      <c r="X98" s="6">
         <v>23</v>
       </c>
-      <c r="Y98" s="21">
+      <c r="Y98" s="31">
         <v>24</v>
       </c>
-      <c r="Z98" s="6">
+      <c r="Z98" s="31">
         <v>25</v>
       </c>
       <c r="AA98" s="6">
         <v>26</v>
       </c>
-      <c r="AB98" s="21">
+      <c r="AB98" s="6">
         <v>27</v>
       </c>
-      <c r="AC98" s="21">
+      <c r="AC98" s="6">
         <v>28</v>
       </c>
-      <c r="AD98" s="21">
+      <c r="AD98" s="6">
         <v>29</v>
       </c>
-      <c r="AE98" s="21">
+      <c r="AE98" s="6">
         <v>30</v>
       </c>
-      <c r="AF98" s="21">
+      <c r="AF98" s="31">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A99" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B99" s="8"/>
-[...2 lines deleted...]
-      <c r="E99" s="7"/>
+      <c r="B99" s="7"/>
+      <c r="C99" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D99" s="33"/>
+      <c r="E99" s="33"/>
       <c r="F99" s="7"/>
-      <c r="G99" s="8"/>
-[...4 lines deleted...]
-      <c r="L99" s="7"/>
+      <c r="G99" s="7"/>
+      <c r="H99" s="7"/>
+      <c r="I99" s="7"/>
+      <c r="J99" s="7"/>
+      <c r="K99" s="33"/>
+      <c r="L99" s="33"/>
       <c r="M99" s="7"/>
-      <c r="N99" s="8"/>
-[...4 lines deleted...]
-      <c r="S99" s="7"/>
+      <c r="N99" s="7"/>
+      <c r="O99" s="7"/>
+      <c r="P99" s="7"/>
+      <c r="Q99" s="14"/>
+      <c r="R99" s="33"/>
+      <c r="S99" s="33"/>
       <c r="T99" s="7"/>
-      <c r="U99" s="8"/>
-[...4 lines deleted...]
-      <c r="Z99" s="7"/>
+      <c r="U99" s="7"/>
+      <c r="V99" s="7"/>
+      <c r="W99" s="7"/>
+      <c r="X99" s="7"/>
+      <c r="Y99" s="33"/>
+      <c r="Z99" s="33"/>
       <c r="AA99" s="7"/>
-      <c r="AB99" s="8"/>
-[...7 lines deleted...]
-      </c>
+      <c r="AB99" s="7"/>
+      <c r="AC99" s="7"/>
+      <c r="AD99" s="7"/>
+      <c r="AE99" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF99" s="33"/>
     </row>
     <row r="100" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A100" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B100" s="8" t="s">
-[...4 lines deleted...]
-      <c r="E100" s="7"/>
+      <c r="B100" s="7"/>
+      <c r="C100" s="7"/>
+      <c r="D100" s="33"/>
+      <c r="E100" s="33"/>
       <c r="F100" s="7"/>
-      <c r="G100" s="8"/>
-[...6 lines deleted...]
-      <c r="L100" s="7"/>
+      <c r="G100" s="7"/>
+      <c r="H100" s="7"/>
+      <c r="I100" s="7"/>
+      <c r="J100" s="7"/>
+      <c r="K100" s="33"/>
+      <c r="L100" s="33"/>
       <c r="M100" s="7"/>
-      <c r="N100" s="8"/>
-[...6 lines deleted...]
-      <c r="S100" s="7"/>
+      <c r="N100" s="7"/>
+      <c r="O100" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="P100" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q100" s="7"/>
+      <c r="R100" s="33"/>
+      <c r="S100" s="33"/>
       <c r="T100" s="7"/>
-      <c r="U100" s="8"/>
-[...12 lines deleted...]
-      <c r="AF100" s="22"/>
+      <c r="U100" s="7"/>
+      <c r="V100" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="W100" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="X100" s="7"/>
+      <c r="Y100" s="33"/>
+      <c r="Z100" s="33"/>
+      <c r="AA100" s="4"/>
+      <c r="AB100" s="7"/>
+      <c r="AC100" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD100" s="7"/>
+      <c r="AE100" s="7"/>
+      <c r="AF100" s="37"/>
     </row>
     <row r="101" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A101" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B101" s="8"/>
-[...2 lines deleted...]
-      <c r="E101" s="7"/>
+      <c r="B101" s="7"/>
+      <c r="C101" s="7"/>
+      <c r="D101" s="33"/>
+      <c r="E101" s="33"/>
       <c r="F101" s="7"/>
-      <c r="G101" s="8"/>
-[...6 lines deleted...]
-      <c r="L101" s="7"/>
+      <c r="G101" s="7"/>
+      <c r="H101" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="I101" s="7"/>
+      <c r="J101" s="7"/>
+      <c r="K101" s="33"/>
+      <c r="L101" s="33"/>
       <c r="M101" s="7"/>
-      <c r="N101" s="8"/>
-[...6 lines deleted...]
-      <c r="S101" s="15"/>
+      <c r="N101" s="7"/>
+      <c r="O101" s="7"/>
+      <c r="P101" s="7"/>
+      <c r="Q101" s="7"/>
+      <c r="R101" s="33"/>
+      <c r="S101" s="37"/>
       <c r="T101" s="7"/>
-      <c r="U101" s="8"/>
-[...4 lines deleted...]
-      <c r="Z101" s="7"/>
+      <c r="U101" s="7"/>
+      <c r="V101" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="W101" s="7"/>
+      <c r="X101" s="7"/>
+      <c r="Y101" s="33"/>
+      <c r="Z101" s="33"/>
       <c r="AA101" s="7"/>
-      <c r="AB101" s="8"/>
-[...3 lines deleted...]
-      <c r="AF101" s="22"/>
+      <c r="AB101" s="7"/>
+      <c r="AC101" s="7"/>
+      <c r="AD101" s="7"/>
+      <c r="AE101" s="7"/>
+      <c r="AF101" s="37"/>
     </row>
     <row r="102" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A102" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B102" s="8"/>
-[...2 lines deleted...]
-      <c r="E102" s="7"/>
+      <c r="B102" s="7"/>
+      <c r="C102" s="7"/>
+      <c r="D102" s="33"/>
+      <c r="E102" s="33"/>
       <c r="F102" s="7"/>
-      <c r="G102" s="8"/>
-[...6 lines deleted...]
-      <c r="L102" s="7"/>
+      <c r="G102" s="7"/>
+      <c r="H102" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="I102" s="7"/>
+      <c r="J102" s="7"/>
+      <c r="K102" s="33"/>
+      <c r="L102" s="33"/>
       <c r="M102" s="7"/>
-      <c r="N102" s="8"/>
-[...4 lines deleted...]
-      <c r="S102" s="7"/>
+      <c r="N102" s="7"/>
+      <c r="O102" s="7"/>
+      <c r="P102" s="7"/>
+      <c r="Q102" s="7"/>
+      <c r="R102" s="33"/>
+      <c r="S102" s="33"/>
       <c r="T102" s="7"/>
-      <c r="U102" s="8"/>
-[...12 lines deleted...]
-      </c>
+      <c r="U102" s="7"/>
+      <c r="V102" s="7"/>
+      <c r="W102" s="7"/>
+      <c r="X102" s="7"/>
+      <c r="Y102" s="33"/>
+      <c r="Z102" s="33"/>
+      <c r="AA102" s="4"/>
+      <c r="AB102" s="7"/>
+      <c r="AC102" s="7"/>
+      <c r="AD102" s="7"/>
+      <c r="AE102" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF102" s="33"/>
     </row>
     <row r="103" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A103" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B103" s="8"/>
-[...2 lines deleted...]
-      <c r="E103" s="7"/>
+      <c r="B103" s="7"/>
+      <c r="C103" s="7"/>
+      <c r="D103" s="33"/>
+      <c r="E103" s="33"/>
       <c r="F103" s="7"/>
-      <c r="G103" s="8"/>
-[...6 lines deleted...]
-      <c r="L103" s="7"/>
+      <c r="G103" s="7"/>
+      <c r="H103" s="7"/>
+      <c r="I103" s="7"/>
+      <c r="J103" s="7"/>
+      <c r="K103" s="33"/>
+      <c r="L103" s="33"/>
       <c r="M103" s="7"/>
-      <c r="N103" s="8"/>
-[...6 lines deleted...]
-      <c r="S103" s="7"/>
+      <c r="N103" s="7"/>
+      <c r="O103" s="7"/>
+      <c r="P103" s="7"/>
+      <c r="Q103" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="R103" s="33"/>
+      <c r="S103" s="33"/>
       <c r="T103" s="7"/>
-      <c r="U103" s="8"/>
-[...4 lines deleted...]
-      <c r="Z103" s="7"/>
+      <c r="U103" s="7"/>
+      <c r="V103" s="7"/>
+      <c r="W103" s="7"/>
+      <c r="X103" s="7"/>
+      <c r="Y103" s="33"/>
+      <c r="Z103" s="33"/>
       <c r="AA103" s="7"/>
-      <c r="AB103" s="8"/>
-[...5 lines deleted...]
-      <c r="AF103" s="25"/>
+      <c r="AB103" s="7"/>
+      <c r="AC103" s="7"/>
+      <c r="AD103" s="7"/>
+      <c r="AE103" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF103" s="41"/>
     </row>
     <row r="106" spans="1:32" ht="23.4" x14ac:dyDescent="0.45">
       <c r="A106" s="20"/>
     </row>
     <row r="107" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A107" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B107" s="59" t="s">
+      <c r="B107" s="50" t="s">
         <v>22</v>
       </c>
-      <c r="C107" s="59"/>
-[...28 lines deleted...]
-      <c r="AF107" s="18"/>
+      <c r="C107" s="50"/>
+      <c r="D107" s="50"/>
+      <c r="E107" s="50"/>
+      <c r="F107" s="50"/>
+      <c r="G107" s="50"/>
+      <c r="H107" s="50"/>
+      <c r="I107" s="50"/>
+      <c r="J107" s="50"/>
+      <c r="K107" s="50"/>
+      <c r="L107" s="50"/>
+      <c r="M107" s="50"/>
+      <c r="N107" s="50"/>
+      <c r="O107" s="50"/>
+      <c r="P107" s="50"/>
+      <c r="Q107" s="50"/>
+      <c r="R107" s="50"/>
+      <c r="S107" s="50"/>
+      <c r="T107" s="50"/>
+      <c r="U107" s="50"/>
+      <c r="V107" s="50"/>
+      <c r="W107" s="50"/>
+      <c r="X107" s="50"/>
+      <c r="Y107" s="50"/>
+      <c r="Z107" s="50"/>
+      <c r="AA107" s="50"/>
+      <c r="AB107" s="50"/>
+      <c r="AC107" s="50"/>
+      <c r="AD107" s="50"/>
+      <c r="AE107" s="50"/>
+      <c r="AF107" s="12"/>
     </row>
     <row r="108" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A108" s="5"/>
-      <c r="B108" s="6">
+      <c r="B108" s="31">
         <v>1</v>
       </c>
       <c r="C108" s="6">
         <v>2</v>
       </c>
-      <c r="D108" s="21">
+      <c r="D108" s="6">
         <v>3</v>
       </c>
-      <c r="E108" s="21">
+      <c r="E108" s="6">
         <v>4</v>
       </c>
-      <c r="F108" s="21">
+      <c r="F108" s="6">
         <v>5</v>
       </c>
-      <c r="G108" s="21">
+      <c r="G108" s="6">
         <v>6</v>
       </c>
-      <c r="H108" s="21">
+      <c r="H108" s="31">
         <v>7</v>
       </c>
-      <c r="I108" s="21">
+      <c r="I108" s="31">
         <v>8</v>
       </c>
       <c r="J108" s="6">
         <v>9</v>
       </c>
-      <c r="K108" s="21">
+      <c r="K108" s="6">
         <v>10</v>
       </c>
-      <c r="L108" s="21">
+      <c r="L108" s="6">
         <v>11</v>
       </c>
-      <c r="M108" s="21">
+      <c r="M108" s="6">
         <v>12</v>
       </c>
-      <c r="N108" s="21">
+      <c r="N108" s="6">
         <v>13</v>
       </c>
-      <c r="O108" s="21">
+      <c r="O108" s="31">
         <v>14</v>
       </c>
-      <c r="P108" s="6">
+      <c r="P108" s="31">
         <v>15</v>
       </c>
       <c r="Q108" s="6">
         <v>16</v>
       </c>
       <c r="R108" s="6">
         <v>17</v>
       </c>
-      <c r="S108" s="6">
+      <c r="S108" s="31">
         <v>18</v>
       </c>
-      <c r="T108" s="21">
+      <c r="T108" s="6">
         <v>19</v>
       </c>
-      <c r="U108" s="21">
+      <c r="U108" s="6">
         <v>20</v>
       </c>
-      <c r="V108" s="21">
+      <c r="V108" s="31">
         <v>21</v>
       </c>
-      <c r="W108" s="6">
+      <c r="W108" s="31">
         <v>22</v>
       </c>
       <c r="X108" s="6">
         <v>23</v>
       </c>
-      <c r="Y108" s="21">
+      <c r="Y108" s="6">
         <v>24</v>
       </c>
-      <c r="Z108" s="21">
+      <c r="Z108" s="6">
         <v>25</v>
       </c>
-      <c r="AA108" s="21">
+      <c r="AA108" s="6">
         <v>26</v>
       </c>
-      <c r="AB108" s="21">
+      <c r="AB108" s="6">
         <v>27</v>
       </c>
-      <c r="AC108" s="21">
+      <c r="AC108" s="31">
         <v>28</v>
       </c>
-      <c r="AD108" s="6">
+      <c r="AD108" s="31">
         <v>29</v>
       </c>
       <c r="AE108" s="6">
         <v>30</v>
       </c>
       <c r="AF108" s="19"/>
     </row>
     <row r="109" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A109" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B109" s="7"/>
+      <c r="B109" s="33"/>
       <c r="C109" s="7"/>
-      <c r="D109" s="8"/>
-[...4 lines deleted...]
-      <c r="I109" s="8"/>
+      <c r="D109" s="7"/>
+      <c r="E109" s="7"/>
+      <c r="F109" s="7"/>
+      <c r="G109" s="7"/>
+      <c r="H109" s="33"/>
+      <c r="I109" s="33"/>
       <c r="J109" s="7"/>
-      <c r="K109" s="8"/>
-[...5 lines deleted...]
-      <c r="Q109" s="15"/>
+      <c r="K109" s="7"/>
+      <c r="L109" s="7"/>
+      <c r="M109" s="7"/>
+      <c r="N109" s="7"/>
+      <c r="O109" s="33"/>
+      <c r="P109" s="33"/>
+      <c r="Q109" s="14"/>
       <c r="R109" s="7"/>
-      <c r="S109" s="7"/>
-[...3 lines deleted...]
-      <c r="W109" s="7"/>
+      <c r="S109" s="33"/>
+      <c r="T109" s="7"/>
+      <c r="U109" s="7"/>
+      <c r="V109" s="33"/>
+      <c r="W109" s="33"/>
       <c r="X109" s="7"/>
-      <c r="Y109" s="8"/>
-[...4 lines deleted...]
-      <c r="AD109" s="7"/>
+      <c r="Y109" s="7"/>
+      <c r="Z109" s="7"/>
+      <c r="AA109" s="7"/>
+      <c r="AB109" s="7"/>
+      <c r="AC109" s="33"/>
+      <c r="AD109" s="33"/>
       <c r="AE109" s="7"/>
     </row>
     <row r="110" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A110" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B110" s="7"/>
+      <c r="B110" s="33"/>
       <c r="C110" s="7"/>
-      <c r="D110" s="8"/>
-[...6 lines deleted...]
-      <c r="I110" s="8"/>
+      <c r="D110" s="7"/>
+      <c r="E110" s="7"/>
+      <c r="F110" s="7"/>
+      <c r="G110" s="7"/>
+      <c r="H110" s="33"/>
+      <c r="I110" s="33"/>
       <c r="J110" s="7"/>
-      <c r="K110" s="8"/>
-[...6 lines deleted...]
-      <c r="P110" s="7"/>
+      <c r="K110" s="7"/>
+      <c r="L110" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="M110" s="7"/>
+      <c r="N110" s="7"/>
+      <c r="O110" s="33"/>
+      <c r="P110" s="33"/>
       <c r="Q110" s="7"/>
       <c r="R110" s="7"/>
-      <c r="S110" s="7"/>
-[...3 lines deleted...]
-      <c r="W110" s="7"/>
+      <c r="S110" s="33"/>
+      <c r="T110" s="7"/>
+      <c r="U110" s="7"/>
+      <c r="V110" s="33"/>
+      <c r="W110" s="33"/>
       <c r="X110" s="7"/>
-      <c r="Y110" s="8"/>
-[...6 lines deleted...]
-      <c r="AD110" s="7"/>
+      <c r="Y110" s="7"/>
+      <c r="Z110" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA110" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="AB110" s="7"/>
+      <c r="AC110" s="33"/>
+      <c r="AD110" s="33"/>
       <c r="AE110" s="7"/>
     </row>
     <row r="111" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A111" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B111" s="7"/>
+      <c r="B111" s="33"/>
       <c r="C111" s="7"/>
-      <c r="D111" s="8"/>
-[...6 lines deleted...]
-      <c r="I111" s="8"/>
+      <c r="D111" s="7"/>
+      <c r="E111" s="7"/>
+      <c r="F111" s="7"/>
+      <c r="G111" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H111" s="33"/>
+      <c r="I111" s="33"/>
       <c r="J111" s="7"/>
-      <c r="K111" s="8"/>
-[...6 lines deleted...]
-      <c r="P111" s="7"/>
+      <c r="K111" s="7"/>
+      <c r="L111" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="M111" s="7"/>
+      <c r="N111" s="7"/>
+      <c r="O111" s="33"/>
+      <c r="P111" s="33"/>
       <c r="Q111" s="7"/>
       <c r="R111" s="7"/>
-      <c r="S111" s="15"/>
-[...5 lines deleted...]
-      <c r="W111" s="7"/>
+      <c r="S111" s="37"/>
+      <c r="T111" s="4"/>
+      <c r="U111" s="7"/>
+      <c r="V111" s="33"/>
+      <c r="W111" s="33"/>
       <c r="X111" s="7"/>
-      <c r="Y111" s="8"/>
-[...4 lines deleted...]
-      <c r="AD111" s="7"/>
+      <c r="Y111" s="7"/>
+      <c r="Z111" s="7"/>
+      <c r="AA111" s="7"/>
+      <c r="AB111" s="7"/>
+      <c r="AC111" s="33"/>
+      <c r="AD111" s="33"/>
       <c r="AE111" s="7"/>
     </row>
     <row r="112" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A112" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B112" s="7"/>
+      <c r="B112" s="33"/>
       <c r="C112" s="7"/>
-      <c r="D112" s="8"/>
-[...6 lines deleted...]
-      <c r="I112" s="8"/>
+      <c r="D112" s="7"/>
+      <c r="E112" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F112" s="7"/>
+      <c r="G112" s="7"/>
+      <c r="H112" s="34"/>
+      <c r="I112" s="33"/>
       <c r="J112" s="7"/>
-      <c r="K112" s="8"/>
-[...4 lines deleted...]
-      <c r="P112" s="7"/>
+      <c r="K112" s="7"/>
+      <c r="L112" s="7"/>
+      <c r="M112" s="7"/>
+      <c r="N112" s="7"/>
+      <c r="O112" s="33"/>
+      <c r="P112" s="33"/>
       <c r="Q112" s="7"/>
-      <c r="R112" s="7"/>
-[...6 lines deleted...]
-      <c r="W112" s="7"/>
+      <c r="R112" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="S112" s="33"/>
+      <c r="T112" s="7"/>
+      <c r="U112" s="8"/>
+      <c r="V112" s="33"/>
+      <c r="W112" s="33"/>
       <c r="X112" s="7"/>
-      <c r="Y112" s="8"/>
-[...4 lines deleted...]
-      <c r="AD112" s="29"/>
+      <c r="Y112" s="7"/>
+      <c r="Z112" s="7"/>
+      <c r="AA112" s="7"/>
+      <c r="AB112" s="7"/>
+      <c r="AC112" s="33"/>
+      <c r="AD112" s="32"/>
       <c r="AE112" s="7"/>
     </row>
     <row r="113" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A113" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B113" s="7"/>
+      <c r="B113" s="33"/>
       <c r="C113" s="7"/>
-      <c r="D113" s="8"/>
-[...4 lines deleted...]
-      <c r="I113" s="8"/>
+      <c r="D113" s="7"/>
+      <c r="E113" s="7"/>
+      <c r="F113" s="7"/>
+      <c r="G113" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H113" s="33"/>
+      <c r="I113" s="33"/>
       <c r="J113" s="7"/>
-      <c r="K113" s="8"/>
-[...6 lines deleted...]
-      <c r="P113" s="7"/>
+      <c r="K113" s="7"/>
+      <c r="L113" s="7"/>
+      <c r="M113" s="7"/>
+      <c r="N113" s="7"/>
+      <c r="O113" s="33"/>
+      <c r="P113" s="33"/>
       <c r="Q113" s="7"/>
       <c r="R113" s="7"/>
-      <c r="S113" s="7"/>
-[...3 lines deleted...]
-      <c r="W113" s="7"/>
+      <c r="S113" s="33"/>
+      <c r="T113" s="7"/>
+      <c r="U113" s="7"/>
+      <c r="V113" s="33"/>
+      <c r="W113" s="33"/>
       <c r="X113" s="7"/>
-      <c r="Y113" s="8"/>
-[...6 lines deleted...]
-      <c r="AD113" s="7"/>
+      <c r="Y113" s="7"/>
+      <c r="Z113" s="7"/>
+      <c r="AA113" s="7"/>
+      <c r="AB113" s="7"/>
+      <c r="AC113" s="33"/>
+      <c r="AD113" s="33"/>
       <c r="AE113" s="7"/>
     </row>
     <row r="117" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A117" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B117" s="56" t="s">
+      <c r="B117" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="C117" s="57"/>
-[...28 lines deleted...]
-      <c r="AF117" s="58"/>
+      <c r="C117" s="48"/>
+      <c r="D117" s="48"/>
+      <c r="E117" s="48"/>
+      <c r="F117" s="48"/>
+      <c r="G117" s="48"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="48"/>
+      <c r="K117" s="48"/>
+      <c r="L117" s="48"/>
+      <c r="M117" s="48"/>
+      <c r="N117" s="48"/>
+      <c r="O117" s="48"/>
+      <c r="P117" s="48"/>
+      <c r="Q117" s="48"/>
+      <c r="R117" s="48"/>
+      <c r="S117" s="48"/>
+      <c r="T117" s="48"/>
+      <c r="U117" s="48"/>
+      <c r="V117" s="48"/>
+      <c r="W117" s="48"/>
+      <c r="X117" s="48"/>
+      <c r="Y117" s="48"/>
+      <c r="Z117" s="48"/>
+      <c r="AA117" s="48"/>
+      <c r="AB117" s="48"/>
+      <c r="AC117" s="48"/>
+      <c r="AD117" s="48"/>
+      <c r="AE117" s="48"/>
+      <c r="AF117" s="49"/>
     </row>
     <row r="118" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A118" s="5"/>
-      <c r="B118" s="21">
+      <c r="B118" s="6">
         <v>1</v>
       </c>
-      <c r="C118" s="21">
+      <c r="C118" s="6">
         <v>2</v>
       </c>
-      <c r="D118" s="21">
+      <c r="D118" s="6">
         <v>3</v>
       </c>
-      <c r="E118" s="21">
+      <c r="E118" s="6">
         <v>4</v>
       </c>
-      <c r="F118" s="21">
+      <c r="F118" s="31">
         <v>5</v>
       </c>
-      <c r="G118" s="6">
+      <c r="G118" s="31">
         <v>6</v>
       </c>
       <c r="H118" s="6">
         <v>7</v>
       </c>
-      <c r="I118" s="21">
+      <c r="I118" s="6">
         <v>8</v>
       </c>
-      <c r="J118" s="21">
+      <c r="J118" s="6">
         <v>9</v>
       </c>
-      <c r="K118" s="21">
+      <c r="K118" s="6">
         <v>10</v>
       </c>
-      <c r="L118" s="21">
+      <c r="L118" s="6">
         <v>11</v>
       </c>
-      <c r="M118" s="21">
+      <c r="M118" s="31">
         <v>12</v>
       </c>
-      <c r="N118" s="6">
+      <c r="N118" s="31">
         <v>13</v>
       </c>
       <c r="O118" s="6">
         <v>14</v>
       </c>
-      <c r="P118" s="21">
+      <c r="P118" s="6">
         <v>15</v>
       </c>
-      <c r="Q118" s="21">
+      <c r="Q118" s="6">
         <v>16</v>
       </c>
-      <c r="R118" s="21">
+      <c r="R118" s="6">
         <v>17</v>
       </c>
-      <c r="S118" s="21">
+      <c r="S118" s="6">
         <v>18</v>
       </c>
-      <c r="T118" s="21">
+      <c r="T118" s="31">
         <v>19</v>
       </c>
-      <c r="U118" s="6">
+      <c r="U118" s="31">
         <v>20</v>
       </c>
       <c r="V118" s="6">
         <v>21</v>
       </c>
-      <c r="W118" s="21">
+      <c r="W118" s="6">
         <v>22</v>
       </c>
-      <c r="X118" s="21">
+      <c r="X118" s="6">
         <v>23</v>
       </c>
-      <c r="Y118" s="6">
+      <c r="Y118" s="31">
         <v>24</v>
       </c>
-      <c r="Z118" s="6">
+      <c r="Z118" s="31">
         <v>25</v>
       </c>
-      <c r="AA118" s="6">
+      <c r="AA118" s="31">
         <v>26</v>
       </c>
-      <c r="AB118" s="6">
+      <c r="AB118" s="31">
         <v>27</v>
       </c>
       <c r="AC118" s="6">
         <v>28</v>
       </c>
-      <c r="AD118" s="21">
+      <c r="AD118" s="6">
         <v>29</v>
       </c>
-      <c r="AE118" s="21">
+      <c r="AE118" s="6">
         <v>30</v>
       </c>
-      <c r="AF118" s="6">
+      <c r="AF118" s="31">
         <v>31</v>
       </c>
     </row>
-    <row r="119" spans="1:32" ht="18" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A119" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B119" s="8"/>
-[...8 lines deleted...]
-      <c r="G119" s="7"/>
+      <c r="B119" s="7"/>
+      <c r="C119" s="7"/>
+      <c r="D119" s="7"/>
+      <c r="E119" s="7"/>
+      <c r="F119" s="33"/>
+      <c r="G119" s="33"/>
       <c r="H119" s="7"/>
-      <c r="I119" s="8"/>
-[...4 lines deleted...]
-      <c r="N119" s="7"/>
+      <c r="I119" s="7"/>
+      <c r="J119" s="7"/>
+      <c r="K119" s="7"/>
+      <c r="L119" s="7"/>
+      <c r="M119" s="33"/>
+      <c r="N119" s="33"/>
       <c r="O119" s="7"/>
-      <c r="P119" s="8"/>
-[...4 lines deleted...]
-      <c r="U119" s="7"/>
+      <c r="P119" s="7"/>
+      <c r="Q119" s="14"/>
+      <c r="R119" s="7"/>
+      <c r="S119" s="7"/>
+      <c r="T119" s="33"/>
+      <c r="U119" s="33"/>
       <c r="V119" s="7"/>
-      <c r="W119" s="8"/>
-[...4 lines deleted...]
-      <c r="AB119" s="7"/>
+      <c r="W119" s="7"/>
+      <c r="X119" s="7"/>
+      <c r="Y119" s="33"/>
+      <c r="Z119" s="33"/>
+      <c r="AA119" s="33"/>
+      <c r="AB119" s="33"/>
       <c r="AC119" s="7"/>
-      <c r="AD119" s="8"/>
-[...1 lines deleted...]
-      <c r="AF119" s="15"/>
+      <c r="AD119" s="7"/>
+      <c r="AE119" s="7"/>
+      <c r="AF119" s="37"/>
     </row>
     <row r="120" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A120" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B120" s="8"/>
-[...6 lines deleted...]
-      <c r="G120" s="7"/>
+      <c r="B120" s="7"/>
+      <c r="C120" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D120" s="7"/>
+      <c r="E120" s="7"/>
+      <c r="F120" s="33"/>
+      <c r="G120" s="33"/>
       <c r="H120" s="7"/>
-      <c r="I120" s="8"/>
-[...8 lines deleted...]
-      <c r="N120" s="7"/>
+      <c r="I120" s="7"/>
+      <c r="J120" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K120" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="L120" s="7"/>
+      <c r="M120" s="33"/>
+      <c r="N120" s="33"/>
       <c r="O120" s="7"/>
-      <c r="P120" s="8"/>
-[...6 lines deleted...]
-      <c r="U120" s="7"/>
+      <c r="P120" s="7"/>
+      <c r="Q120" s="58" t="s">
+        <v>53</v>
+      </c>
+      <c r="R120" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="S120" s="7"/>
+      <c r="T120" s="33"/>
+      <c r="U120" s="33"/>
       <c r="V120" s="7"/>
-      <c r="W120" s="8"/>
-[...4 lines deleted...]
-      <c r="AB120" s="7"/>
+      <c r="W120" s="7"/>
+      <c r="X120" s="7"/>
+      <c r="Y120" s="33"/>
+      <c r="Z120" s="33"/>
+      <c r="AA120" s="38"/>
+      <c r="AB120" s="33"/>
       <c r="AC120" s="7"/>
-      <c r="AD120" s="8"/>
-[...1 lines deleted...]
-      <c r="AF120" s="15"/>
+      <c r="AD120" s="7"/>
+      <c r="AE120" s="7"/>
+      <c r="AF120" s="37"/>
     </row>
     <row r="121" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A121" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B121" s="8"/>
-[...6 lines deleted...]
-      <c r="G121" s="7"/>
+      <c r="B121" s="7"/>
+      <c r="C121" s="7"/>
+      <c r="D121" s="7"/>
+      <c r="E121" s="7"/>
+      <c r="F121" s="33"/>
+      <c r="G121" s="33"/>
       <c r="H121" s="7"/>
-      <c r="I121" s="8"/>
-[...4 lines deleted...]
-      <c r="N121" s="7"/>
+      <c r="I121" s="7"/>
+      <c r="J121" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K121" s="7"/>
+      <c r="L121" s="7"/>
+      <c r="M121" s="33"/>
+      <c r="N121" s="33"/>
       <c r="O121" s="7"/>
-      <c r="P121" s="8"/>
-[...4 lines deleted...]
-      <c r="U121" s="7"/>
+      <c r="P121" s="7"/>
+      <c r="Q121" s="7"/>
+      <c r="R121" s="7"/>
+      <c r="S121" s="14"/>
+      <c r="T121" s="38"/>
+      <c r="U121" s="33"/>
       <c r="V121" s="7"/>
-      <c r="W121" s="8"/>
-[...4 lines deleted...]
-      <c r="AB121" s="7"/>
+      <c r="W121" s="7"/>
+      <c r="X121" s="7"/>
+      <c r="Y121" s="33"/>
+      <c r="Z121" s="33"/>
+      <c r="AA121" s="33"/>
+      <c r="AB121" s="33"/>
       <c r="AC121" s="7"/>
-      <c r="AD121" s="8"/>
-[...1 lines deleted...]
-      <c r="AF121" s="15"/>
+      <c r="AD121" s="7"/>
+      <c r="AE121" s="7"/>
+      <c r="AF121" s="37"/>
     </row>
     <row r="122" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A122" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B122" s="8"/>
-[...5 lines deleted...]
-      <c r="G122" s="7"/>
+      <c r="B122" s="7"/>
+      <c r="C122" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D122" s="7"/>
+      <c r="E122" s="7"/>
+      <c r="F122" s="33"/>
+      <c r="G122" s="33"/>
       <c r="H122" s="7"/>
-      <c r="I122" s="8"/>
-[...4 lines deleted...]
-      <c r="N122" s="7"/>
+      <c r="I122" s="7"/>
+      <c r="J122" s="7"/>
+      <c r="K122" s="7"/>
+      <c r="L122" s="7"/>
+      <c r="M122" s="33"/>
+      <c r="N122" s="33"/>
       <c r="O122" s="7"/>
-      <c r="P122" s="8"/>
-[...3 lines deleted...]
-      <c r="U122" s="7"/>
+      <c r="P122" s="7"/>
+      <c r="Q122" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="R122" s="18"/>
+      <c r="T122" s="33"/>
+      <c r="U122" s="33"/>
       <c r="V122" s="7"/>
-      <c r="W122" s="8"/>
-[...4 lines deleted...]
-      <c r="AB122" s="7"/>
+      <c r="W122" s="7"/>
+      <c r="X122" s="7"/>
+      <c r="Y122" s="33"/>
+      <c r="Z122" s="33"/>
+      <c r="AA122" s="38"/>
+      <c r="AB122" s="33"/>
       <c r="AC122" s="7"/>
-      <c r="AD122" s="8"/>
-[...1 lines deleted...]
-      <c r="AF122" s="15"/>
+      <c r="AD122" s="7"/>
+      <c r="AE122" s="7"/>
+      <c r="AF122" s="37"/>
     </row>
     <row r="123" spans="1:32" ht="18" x14ac:dyDescent="0.3">
       <c r="A123" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B123" s="8"/>
-[...4 lines deleted...]
-      <c r="G123" s="7"/>
+      <c r="B123" s="7"/>
+      <c r="C123" s="7"/>
+      <c r="D123" s="7"/>
+      <c r="E123" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F123" s="33"/>
+      <c r="G123" s="33"/>
       <c r="H123" s="7"/>
-      <c r="I123" s="8"/>
-[...8 lines deleted...]
-      <c r="N123" s="7"/>
+      <c r="I123" s="7"/>
+      <c r="J123" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K123" s="7"/>
+      <c r="L123" s="7"/>
+      <c r="M123" s="33"/>
+      <c r="N123" s="33"/>
       <c r="O123" s="7"/>
-      <c r="P123" s="8"/>
-[...4 lines deleted...]
-      <c r="U123" s="7"/>
+      <c r="P123" s="7"/>
+      <c r="Q123" s="7"/>
+      <c r="R123" s="7"/>
+      <c r="S123" s="7"/>
+      <c r="T123" s="33"/>
+      <c r="U123" s="33"/>
       <c r="V123" s="7"/>
-      <c r="W123" s="8"/>
-[...4 lines deleted...]
-      <c r="AB123" s="7"/>
+      <c r="W123" s="7"/>
+      <c r="X123" s="7"/>
+      <c r="Y123" s="33"/>
+      <c r="Z123" s="33"/>
+      <c r="AA123" s="33"/>
+      <c r="AB123" s="33"/>
       <c r="AC123" s="7"/>
-      <c r="AD123" s="8"/>
-[...1 lines deleted...]
-      <c r="AF123" s="15"/>
+      <c r="AD123" s="7"/>
+      <c r="AE123" s="7"/>
+      <c r="AF123" s="37"/>
     </row>
     <row r="125" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A125" s="2"/>
       <c r="B125" s="1"/>
       <c r="C125" s="1"/>
     </row>
     <row r="126" spans="1:32" ht="20.399999999999999" x14ac:dyDescent="0.35">
-      <c r="A126" s="64" t="s">
+      <c r="A126" s="57" t="s">
         <v>24</v>
       </c>
-      <c r="B126" s="64"/>
-[...7 lines deleted...]
-      <c r="J126" s="64"/>
+      <c r="B126" s="57"/>
+      <c r="C126" s="57"/>
+      <c r="D126" s="57"/>
+      <c r="E126" s="57"/>
+      <c r="F126" s="57"/>
+      <c r="G126" s="57"/>
+      <c r="H126" s="57"/>
+      <c r="I126" s="57"/>
+      <c r="J126" s="57"/>
     </row>
     <row r="127" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A127" s="18"/>
-[...8 lines deleted...]
-      <c r="J127" s="31"/>
+      <c r="A127" s="12"/>
+      <c r="B127" s="21"/>
+      <c r="C127" s="60"/>
+      <c r="D127" s="61"/>
+      <c r="E127" s="61"/>
+      <c r="F127" s="61"/>
+      <c r="G127" s="61"/>
+      <c r="H127" s="61"/>
+      <c r="I127" s="61"/>
+      <c r="J127" s="61"/>
+      <c r="K127" s="62"/>
+      <c r="L127" s="62"/>
+      <c r="M127" s="62"/>
+      <c r="N127" s="62"/>
     </row>
     <row r="128" spans="1:32" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A128" s="48" t="s">
+      <c r="A128" s="43" t="s">
         <v>8</v>
       </c>
-      <c r="B128" s="61" t="s">
+      <c r="B128" s="44" t="s">
         <v>25</v>
       </c>
-      <c r="C128" s="51" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="C128" s="63" t="s">
+        <v>42</v>
+      </c>
+      <c r="D128" s="63"/>
+      <c r="E128" s="63"/>
+      <c r="F128" s="63"/>
+      <c r="G128" s="61"/>
+      <c r="H128" s="61"/>
+      <c r="I128" s="61"/>
+      <c r="J128" s="61"/>
+      <c r="K128" s="62"/>
+      <c r="L128" s="62"/>
+      <c r="M128" s="62"/>
+      <c r="N128" s="62"/>
+    </row>
+    <row r="129" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A129" s="43"/>
+      <c r="B129" s="44"/>
+      <c r="C129" s="62"/>
       <c r="D129" s="62"/>
       <c r="E129" s="62"/>
       <c r="F129" s="62"/>
-    </row>
-[...7 lines deleted...]
-      <c r="B131" s="61" t="s">
+      <c r="G129" s="62"/>
+      <c r="H129" s="62"/>
+      <c r="I129" s="62"/>
+      <c r="J129" s="62"/>
+      <c r="K129" s="62"/>
+      <c r="L129" s="62"/>
+      <c r="M129" s="62"/>
+      <c r="N129" s="62"/>
+    </row>
+    <row r="130" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A130" s="43"/>
+      <c r="B130" s="24"/>
+      <c r="C130" s="64"/>
+      <c r="D130" s="62"/>
+      <c r="E130" s="62"/>
+      <c r="F130" s="62"/>
+      <c r="G130" s="62"/>
+      <c r="H130" s="62"/>
+      <c r="I130" s="62"/>
+      <c r="J130" s="62"/>
+      <c r="K130" s="62"/>
+      <c r="L130" s="62"/>
+      <c r="M130" s="62"/>
+      <c r="N130" s="62"/>
+    </row>
+    <row r="131" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A131" s="43"/>
+      <c r="B131" s="44" t="s">
+        <v>27</v>
+      </c>
+      <c r="C131" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="C131" s="36" t="s">
+      <c r="D131" s="65"/>
+      <c r="E131" s="65"/>
+      <c r="F131" s="65"/>
+      <c r="G131" s="65"/>
+      <c r="H131" s="65"/>
+      <c r="I131" s="65"/>
+      <c r="J131" s="62"/>
+      <c r="K131" s="62"/>
+      <c r="L131" s="62"/>
+      <c r="M131" s="62"/>
+      <c r="N131" s="62"/>
+    </row>
+    <row r="132" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A132" s="43"/>
+      <c r="B132" s="44"/>
+      <c r="C132" s="66" t="s">
         <v>29</v>
       </c>
-      <c r="D131" s="36"/>
-[...9 lines deleted...]
-      <c r="C132" s="63" t="s">
+      <c r="D132" s="67"/>
+      <c r="E132" s="67"/>
+      <c r="F132" s="67"/>
+      <c r="G132" s="67"/>
+      <c r="H132" s="67"/>
+      <c r="I132" s="67"/>
+      <c r="J132" s="62"/>
+      <c r="K132" s="62"/>
+      <c r="L132" s="62"/>
+      <c r="M132" s="62"/>
+      <c r="N132" s="62"/>
+    </row>
+    <row r="133" spans="1:14" ht="18" x14ac:dyDescent="0.3">
+      <c r="A133" s="25"/>
+      <c r="B133" s="24"/>
+      <c r="C133" s="64"/>
+      <c r="D133" s="62"/>
+      <c r="E133" s="62"/>
+      <c r="F133" s="62"/>
+      <c r="G133" s="62"/>
+      <c r="H133" s="62"/>
+      <c r="I133" s="62"/>
+      <c r="J133" s="62"/>
+      <c r="K133" s="62"/>
+      <c r="L133" s="62"/>
+      <c r="M133" s="62"/>
+      <c r="N133" s="62"/>
+    </row>
+    <row r="134" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A134" s="43" t="s">
+        <v>9</v>
+      </c>
+      <c r="B134" s="51" t="s">
+        <v>25</v>
+      </c>
+      <c r="C134" s="63" t="s">
+        <v>49</v>
+      </c>
+      <c r="D134" s="63"/>
+      <c r="E134" s="63"/>
+      <c r="F134" s="63"/>
+      <c r="G134" s="60"/>
+      <c r="H134" s="60"/>
+      <c r="I134" s="61"/>
+      <c r="J134" s="62"/>
+      <c r="K134" s="62"/>
+      <c r="L134" s="62"/>
+      <c r="M134" s="62"/>
+      <c r="N134" s="62"/>
+    </row>
+    <row r="135" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A135" s="43"/>
+      <c r="B135" s="52"/>
+      <c r="C135" s="63" t="s">
+        <v>36</v>
+      </c>
+      <c r="D135" s="63"/>
+      <c r="E135" s="63"/>
+      <c r="F135" s="63"/>
+      <c r="G135" s="63"/>
+      <c r="H135" s="63"/>
+      <c r="I135" s="61"/>
+      <c r="J135" s="62"/>
+      <c r="K135" s="62"/>
+      <c r="L135" s="62"/>
+      <c r="M135" s="62"/>
+      <c r="N135" s="62"/>
+    </row>
+    <row r="136" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A136" s="43"/>
+      <c r="B136" s="26"/>
+      <c r="C136" s="68" t="s">
+        <v>54</v>
+      </c>
+      <c r="D136" s="68"/>
+      <c r="E136" s="68"/>
+      <c r="F136" s="68"/>
+      <c r="G136" s="68"/>
+      <c r="H136" s="68"/>
+      <c r="I136" s="61"/>
+      <c r="J136" s="62"/>
+      <c r="K136" s="62"/>
+      <c r="L136" s="62"/>
+      <c r="M136" s="62"/>
+      <c r="N136" s="62"/>
+    </row>
+    <row r="137" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A137" s="43"/>
+      <c r="B137" s="26"/>
+      <c r="C137" s="69"/>
+      <c r="D137" s="61"/>
+      <c r="E137" s="61"/>
+      <c r="F137" s="61"/>
+      <c r="G137" s="61"/>
+      <c r="H137" s="61"/>
+      <c r="I137" s="61"/>
+      <c r="J137" s="62"/>
+      <c r="K137" s="62"/>
+      <c r="L137" s="62"/>
+      <c r="M137" s="62"/>
+      <c r="N137" s="62"/>
+    </row>
+    <row r="138" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A138" s="43"/>
+      <c r="B138" s="44" t="s">
+        <v>27</v>
+      </c>
+      <c r="C138" s="69" t="s">
         <v>30</v>
       </c>
-      <c r="D132" s="65"/>
-[...15 lines deleted...]
-      <c r="B134" s="49" t="s">
+      <c r="D138" s="69"/>
+      <c r="E138" s="69"/>
+      <c r="F138" s="69"/>
+      <c r="G138" s="69"/>
+      <c r="H138" s="69"/>
+      <c r="I138" s="61"/>
+      <c r="J138" s="62"/>
+      <c r="K138" s="62"/>
+      <c r="L138" s="62"/>
+      <c r="M138" s="62"/>
+      <c r="N138" s="62"/>
+    </row>
+    <row r="139" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A139" s="43"/>
+      <c r="B139" s="44"/>
+      <c r="C139" s="69" t="s">
+        <v>31</v>
+      </c>
+      <c r="D139" s="69"/>
+      <c r="E139" s="69"/>
+      <c r="F139" s="69"/>
+      <c r="G139" s="69"/>
+      <c r="H139" s="69"/>
+      <c r="I139" s="69"/>
+      <c r="J139" s="69"/>
+      <c r="K139" s="70"/>
+      <c r="L139" s="70"/>
+      <c r="M139" s="70"/>
+      <c r="N139" s="62"/>
+    </row>
+    <row r="140" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A140" s="43"/>
+      <c r="B140" s="44"/>
+      <c r="C140" s="65" t="s">
+        <v>32</v>
+      </c>
+      <c r="D140" s="65"/>
+      <c r="E140" s="65"/>
+      <c r="F140" s="65"/>
+      <c r="G140" s="65"/>
+      <c r="H140" s="65"/>
+      <c r="I140" s="65"/>
+      <c r="J140" s="65"/>
+      <c r="K140" s="71"/>
+      <c r="L140" s="62"/>
+      <c r="M140" s="62"/>
+      <c r="N140" s="62"/>
+    </row>
+    <row r="141" spans="1:14" ht="18" x14ac:dyDescent="0.3">
+      <c r="A141" s="25"/>
+      <c r="B141" s="24"/>
+      <c r="C141" s="64"/>
+      <c r="D141" s="62"/>
+      <c r="E141" s="62"/>
+      <c r="F141" s="62"/>
+      <c r="G141" s="62"/>
+      <c r="H141" s="62"/>
+      <c r="I141" s="62"/>
+      <c r="J141" s="62"/>
+      <c r="K141" s="62"/>
+      <c r="L141" s="62"/>
+      <c r="M141" s="62"/>
+      <c r="N141" s="62"/>
+    </row>
+    <row r="142" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A142" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B142" s="45" t="s">
         <v>25</v>
       </c>
-      <c r="C134" s="60" t="s">
-[...183 lines deleted...]
-      </c>
+      <c r="C142" s="63"/>
+      <c r="D142" s="63"/>
+      <c r="E142" s="63"/>
+      <c r="F142" s="63"/>
+      <c r="G142" s="61"/>
+      <c r="H142" s="61"/>
+      <c r="I142" s="61"/>
+      <c r="J142" s="61"/>
+      <c r="K142" s="61"/>
+      <c r="L142" s="61"/>
+      <c r="M142" s="62"/>
+      <c r="N142" s="62"/>
+    </row>
+    <row r="143" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A143" s="46"/>
+      <c r="B143" s="45"/>
+      <c r="C143" s="63" t="s">
+        <v>44</v>
+      </c>
+      <c r="D143" s="63"/>
+      <c r="E143" s="63"/>
+      <c r="F143" s="63"/>
+      <c r="G143" s="61"/>
+      <c r="H143" s="61"/>
+      <c r="I143" s="61"/>
+      <c r="J143" s="61"/>
+      <c r="K143" s="61"/>
+      <c r="L143" s="61"/>
+      <c r="M143" s="62"/>
+      <c r="N143" s="62"/>
+    </row>
+    <row r="144" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A144" s="46"/>
+      <c r="B144" s="24"/>
+      <c r="C144" s="69"/>
+      <c r="D144" s="61"/>
+      <c r="E144" s="61"/>
+      <c r="F144" s="61"/>
+      <c r="G144" s="61"/>
+      <c r="H144" s="61"/>
+      <c r="I144" s="61"/>
+      <c r="J144" s="61"/>
+      <c r="K144" s="61"/>
+      <c r="L144" s="61"/>
+      <c r="M144" s="62"/>
+      <c r="N144" s="62"/>
+    </row>
+    <row r="145" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A145" s="46"/>
+      <c r="B145" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="C145" s="63" t="s">
+        <v>45</v>
+      </c>
+      <c r="D145" s="63"/>
+      <c r="E145" s="63"/>
+      <c r="F145" s="63"/>
+      <c r="G145" s="63"/>
+      <c r="H145" s="63"/>
+      <c r="I145" s="63"/>
+      <c r="J145" s="61"/>
+      <c r="K145" s="61"/>
+      <c r="L145" s="61"/>
+      <c r="M145" s="62"/>
+      <c r="N145" s="62"/>
+    </row>
+    <row r="146" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A146" s="46"/>
+      <c r="B146" s="45"/>
+      <c r="C146" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="D146" s="63"/>
+      <c r="E146" s="63"/>
+      <c r="F146" s="63"/>
+      <c r="G146" s="63"/>
+      <c r="H146" s="63"/>
+      <c r="I146" s="62"/>
+      <c r="J146" s="61"/>
+      <c r="K146" s="61"/>
+      <c r="L146" s="61"/>
+      <c r="M146" s="62"/>
+      <c r="N146" s="62"/>
+    </row>
+    <row r="147" spans="1:14" ht="18" x14ac:dyDescent="0.3">
+      <c r="A147" s="25"/>
+      <c r="B147" s="24"/>
+      <c r="C147" s="64"/>
       <c r="D147" s="62"/>
       <c r="E147" s="62"/>
       <c r="F147" s="62"/>
       <c r="G147" s="62"/>
       <c r="H147" s="62"/>
       <c r="I147" s="62"/>
       <c r="J147" s="62"/>
-    </row>
-[...63 lines deleted...]
-      <c r="B153" s="61" t="s">
+      <c r="K147" s="62"/>
+      <c r="L147" s="62"/>
+      <c r="M147" s="62"/>
+      <c r="N147" s="62"/>
+    </row>
+    <row r="148" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A148" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="B148" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="C153" s="62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C148" s="63" t="s">
+        <v>33</v>
+      </c>
+      <c r="D148" s="63"/>
+      <c r="E148" s="63"/>
+      <c r="F148" s="63"/>
+      <c r="G148" s="63"/>
+      <c r="H148" s="63"/>
+      <c r="I148" s="63"/>
+      <c r="J148" s="63"/>
+      <c r="K148" s="62"/>
+      <c r="L148" s="62"/>
+      <c r="M148" s="62"/>
+      <c r="N148" s="62"/>
+    </row>
+    <row r="149" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A149" s="43"/>
+      <c r="B149" s="23"/>
+      <c r="C149" s="69"/>
+      <c r="D149" s="61"/>
+      <c r="E149" s="61"/>
+      <c r="F149" s="61"/>
+      <c r="G149" s="61"/>
+      <c r="H149" s="61"/>
+      <c r="I149" s="61"/>
+      <c r="J149" s="62"/>
+      <c r="K149" s="62"/>
+      <c r="L149" s="62"/>
+      <c r="M149" s="62"/>
+      <c r="N149" s="62"/>
+    </row>
+    <row r="150" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A150" s="43"/>
+      <c r="B150" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="C150" s="69" t="s">
+        <v>38</v>
+      </c>
+      <c r="D150" s="61"/>
+      <c r="E150" s="61"/>
+      <c r="F150" s="61"/>
+      <c r="G150" s="61"/>
+      <c r="H150" s="61"/>
+      <c r="I150" s="61"/>
+      <c r="J150" s="62"/>
+      <c r="K150" s="69"/>
+      <c r="L150" s="62"/>
+      <c r="M150" s="62"/>
+      <c r="N150" s="62"/>
+    </row>
+    <row r="151" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A151" s="43"/>
+      <c r="B151" s="27"/>
+      <c r="C151" s="69" t="s">
+        <v>37</v>
+      </c>
+      <c r="D151" s="61"/>
+      <c r="E151" s="61"/>
+      <c r="F151" s="61"/>
+      <c r="G151" s="61"/>
+      <c r="H151" s="61"/>
+      <c r="I151" s="61"/>
+      <c r="J151" s="62"/>
+      <c r="K151" s="62"/>
+      <c r="L151" s="62"/>
+      <c r="M151" s="62"/>
+      <c r="N151" s="62"/>
+    </row>
+    <row r="152" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A152" s="43"/>
+      <c r="B152" s="22"/>
+      <c r="C152" s="63" t="s">
+        <v>34</v>
+      </c>
+      <c r="D152" s="63"/>
+      <c r="E152" s="63"/>
+      <c r="F152" s="63"/>
+      <c r="G152" s="63"/>
+      <c r="H152" s="63"/>
+      <c r="I152" s="63"/>
+      <c r="J152" s="62"/>
+      <c r="K152" s="62"/>
+      <c r="L152" s="62"/>
+      <c r="M152" s="62"/>
+      <c r="N152" s="62"/>
+    </row>
+    <row r="153" spans="1:14" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A153" s="28"/>
+      <c r="B153" s="22"/>
+      <c r="C153" s="62"/>
       <c r="D153" s="62"/>
       <c r="E153" s="62"/>
       <c r="F153" s="62"/>
       <c r="G153" s="62"/>
       <c r="H153" s="62"/>
-      <c r="I153" s="31"/>
-[...42 lines deleted...]
-      <c r="J156" s="62"/>
+      <c r="I153" s="61"/>
+      <c r="J153" s="61"/>
+      <c r="K153" s="62"/>
+      <c r="L153" s="62"/>
+      <c r="M153" s="62"/>
+      <c r="N153" s="62"/>
+    </row>
+    <row r="154" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A154" s="43" t="s">
+        <v>12</v>
+      </c>
+      <c r="B154" s="44" t="s">
+        <v>25</v>
+      </c>
+      <c r="C154" s="63"/>
+      <c r="D154" s="63"/>
+      <c r="E154" s="63"/>
+      <c r="F154" s="63"/>
+      <c r="G154" s="63"/>
+      <c r="H154" s="63"/>
+      <c r="I154" s="61"/>
+      <c r="J154" s="61"/>
+      <c r="K154" s="62"/>
+      <c r="L154" s="62"/>
+      <c r="M154" s="62"/>
+      <c r="N154" s="62"/>
+    </row>
+    <row r="155" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A155" s="43"/>
+      <c r="B155" s="44"/>
+      <c r="C155" s="63" t="s">
+        <v>26</v>
+      </c>
+      <c r="D155" s="63"/>
+      <c r="E155" s="63"/>
+      <c r="F155" s="61"/>
+      <c r="G155" s="61"/>
+      <c r="H155" s="61"/>
+      <c r="I155" s="61"/>
+      <c r="J155" s="61"/>
+      <c r="K155" s="62"/>
+      <c r="L155" s="62"/>
+      <c r="M155" s="62"/>
+      <c r="N155" s="62"/>
+    </row>
+    <row r="156" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A156" s="43"/>
+      <c r="B156" s="22"/>
+      <c r="C156" s="69"/>
+      <c r="D156" s="61"/>
+      <c r="E156" s="61"/>
+      <c r="F156" s="61"/>
+      <c r="G156" s="61"/>
+      <c r="H156" s="61"/>
+      <c r="I156" s="61"/>
+      <c r="J156" s="61"/>
       <c r="K156" s="62"/>
-    </row>
-[...13 lines deleted...]
-      <c r="K157" s="62"/>
+      <c r="L156" s="62"/>
+      <c r="M156" s="62"/>
+      <c r="N156" s="62"/>
+    </row>
+    <row r="157" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A157" s="43"/>
+      <c r="B157" s="44" t="s">
+        <v>27</v>
+      </c>
+      <c r="C157" s="69" t="s">
+        <v>35</v>
+      </c>
+      <c r="D157" s="69"/>
+      <c r="E157" s="69"/>
+      <c r="F157" s="69"/>
+      <c r="G157" s="69"/>
+      <c r="H157" s="69"/>
+      <c r="I157" s="69"/>
+      <c r="J157" s="69"/>
+      <c r="K157" s="69"/>
       <c r="L157" s="62"/>
-    </row>
-    <row r="158" spans="1:12" ht="18" x14ac:dyDescent="0.3">
+      <c r="M157" s="62"/>
+      <c r="N157" s="62"/>
+    </row>
+    <row r="158" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A158" s="43"/>
       <c r="B158" s="44"/>
-      <c r="C158" s="63"/>
-[...5 lines deleted...]
-      <c r="I158" s="65"/>
+      <c r="C158" s="69" t="s">
+        <v>29</v>
+      </c>
+      <c r="D158" s="69"/>
+      <c r="E158" s="69"/>
+      <c r="F158" s="69"/>
+      <c r="G158" s="69"/>
+      <c r="H158" s="69"/>
+      <c r="I158" s="69"/>
+      <c r="J158" s="69"/>
+      <c r="K158" s="69"/>
+      <c r="L158" s="69"/>
+      <c r="M158" s="62"/>
+      <c r="N158" s="62"/>
+    </row>
+    <row r="159" spans="1:14" ht="18" x14ac:dyDescent="0.3">
+      <c r="A159" s="29"/>
+      <c r="B159" s="30"/>
+      <c r="C159" s="66"/>
+      <c r="D159" s="67"/>
+      <c r="E159" s="67"/>
+      <c r="F159" s="67"/>
+      <c r="G159" s="67"/>
+      <c r="H159" s="67"/>
+      <c r="I159" s="67"/>
+      <c r="J159" s="62"/>
+      <c r="K159" s="62"/>
+      <c r="L159" s="62"/>
+      <c r="M159" s="62"/>
+      <c r="N159" s="62"/>
+    </row>
+    <row r="160" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="C160" s="62"/>
+      <c r="D160" s="62"/>
+      <c r="E160" s="62"/>
+      <c r="F160" s="62"/>
+      <c r="G160" s="62"/>
+      <c r="H160" s="62"/>
+      <c r="I160" s="62"/>
+      <c r="J160" s="62"/>
+      <c r="K160" s="62"/>
+      <c r="L160" s="62"/>
+      <c r="M160" s="62"/>
+      <c r="N160" s="62"/>
+    </row>
+    <row r="161" spans="3:14" x14ac:dyDescent="0.3">
+      <c r="C161" s="62"/>
+      <c r="D161" s="62"/>
+      <c r="E161" s="62"/>
+      <c r="F161" s="62"/>
+      <c r="G161" s="62"/>
+      <c r="H161" s="62"/>
+      <c r="I161" s="62"/>
+      <c r="J161" s="62"/>
+      <c r="K161" s="62"/>
+      <c r="L161" s="62"/>
+      <c r="M161" s="62"/>
+      <c r="N161" s="62"/>
     </row>
   </sheetData>
-  <mergeCells count="46">
-[...30 lines deleted...]
-    <mergeCell ref="A134:A139"/>
+  <mergeCells count="40">
+    <mergeCell ref="A134:A140"/>
     <mergeCell ref="B134:B135"/>
-    <mergeCell ref="C128:F128"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="B7:AF7"/>
     <mergeCell ref="B67:AF67"/>
     <mergeCell ref="B77:AF77"/>
     <mergeCell ref="B87:AE87"/>
     <mergeCell ref="B97:AF97"/>
     <mergeCell ref="C134:F134"/>
     <mergeCell ref="C135:H135"/>
-    <mergeCell ref="B137:B139"/>
-[...2 lines deleted...]
-    <mergeCell ref="C139:K139"/>
+    <mergeCell ref="B138:B140"/>
     <mergeCell ref="B107:AE107"/>
+    <mergeCell ref="B117:AF117"/>
+    <mergeCell ref="A126:J126"/>
+    <mergeCell ref="A128:A132"/>
+    <mergeCell ref="B128:B129"/>
+    <mergeCell ref="C128:F128"/>
+    <mergeCell ref="B131:B132"/>
+    <mergeCell ref="C132:I132"/>
+    <mergeCell ref="B17:AC17"/>
+    <mergeCell ref="B27:AF27"/>
+    <mergeCell ref="B37:AE37"/>
+    <mergeCell ref="B47:AF47"/>
+    <mergeCell ref="B57:AE57"/>
+    <mergeCell ref="B145:B146"/>
+    <mergeCell ref="A148:A152"/>
+    <mergeCell ref="C148:J148"/>
+    <mergeCell ref="C152:I152"/>
+    <mergeCell ref="A142:A146"/>
+    <mergeCell ref="C142:F142"/>
+    <mergeCell ref="B142:B143"/>
+    <mergeCell ref="C143:F143"/>
+    <mergeCell ref="C145:I145"/>
+    <mergeCell ref="C146:H146"/>
+    <mergeCell ref="C159:I159"/>
+    <mergeCell ref="A154:A158"/>
+    <mergeCell ref="B154:B155"/>
+    <mergeCell ref="C154:H154"/>
+    <mergeCell ref="C155:E155"/>
+    <mergeCell ref="B157:B158"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="8" scale="60" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Lapa1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Aiva Krauze</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>