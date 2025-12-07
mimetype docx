--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1,53 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="335B96D1" w14:textId="77777777" w:rsidR="00A9123F" w:rsidRDefault="00A9123F"/>
     <w:p w14:paraId="4EAAF353" w14:textId="53082F8A" w:rsidR="0091266E" w:rsidRDefault="0091266E" w:rsidP="0091266E">
       <w:pPr>
-        <w:pStyle w:val="Nosaukums"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MEŽA KOKAUDZĒTAVU SARAKSTS (aktualizēts 202</w:t>
       </w:r>
       <w:r w:rsidR="00957A86">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
@@ -64,51 +65,51 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F8DB9F" w14:textId="77777777" w:rsidR="002869B0" w:rsidRDefault="002869B0" w:rsidP="002869B0">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14170" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="4035"/>
         <w:gridCol w:w="3478"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="716D40E9" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="145AFCB2" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -351,1916 +352,1571 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>“Zābaki”, Krimuldas pagasts, Siguldas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45DDF856" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="00F17B41" w:rsidRDefault="002869B0" w:rsidP="0091266E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F17B41">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>29463658</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...23 lines deleted...]
-              <w:t>stadi</w:t>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8CE018" w14:textId="70A97E9F" w:rsidR="002869B0" w:rsidRPr="00F17B41" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>info</w:t>
             </w:r>
             <w:r w:rsidR="002869B0" w:rsidRPr="00F17B41">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>@finieris.lv</w:t>
-            </w:r>
-[...173 lines deleted...]
-              <w:t>mezastadi@lvm.lv,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="6740ED97" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01203312" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>3.</w:t>
+          <w:p w14:paraId="01203312" w14:textId="2F0C48B1" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B53EEBD" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="4B53EEBD" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>AS "Latvijas valsts meži" k/a Kalsnava, LVM Sēklas un stādi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DFAA126" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="6DFAA126" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Pārupes iela 7, Jaunkalsnava, Kalsnavas pagasts, Madonas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="430527F7" w14:textId="752AD735" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="00BA28B6" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="430527F7" w14:textId="752AD735" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="00BA28B6" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>22024426</w:t>
             </w:r>
-            <w:r w:rsidR="002869B0" w:rsidRPr="0065017D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r w:rsidR="002869B0" w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">, konsultācijas t. </w:t>
             </w:r>
-            <w:r w:rsidR="008D6E7D" w:rsidRPr="0065017D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r w:rsidR="008D6E7D" w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>22034102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37DAFDA1" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="37DAFDA1" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>mezastadi@lvm.lv,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="629C509C" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40E7AD78" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>4.</w:t>
+          <w:p w14:paraId="40E7AD78" w14:textId="45C125D0" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12F6B8DA" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>AS "Latvijas valsts meži" k/a Mazsili, LVM Sēklas un stādi</w:t>
+          <w:p w14:paraId="12F6B8DA" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AS "Latvijas valsts meži" k/a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mazsili</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, LVM Sēklas un stādi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E1E3806" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>"Mazsilu kokaudzētava", Abavas pagasts, Talsu novads</w:t>
+          <w:p w14:paraId="1E1E3806" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mazsilu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kokaudzētava", Abavas pagasts, Talsu novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0857F3D5" w14:textId="6B93868D" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="0857F3D5" w14:textId="6B93868D" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">29178389, konsultācijas t. </w:t>
             </w:r>
-            <w:r w:rsidR="008D6E7D" w:rsidRPr="0065017D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r w:rsidR="008D6E7D" w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>22034102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3131E7F4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="3131E7F4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>mezastadi@lvm.lv,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="7F2D8737" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21CD49C4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w14:paraId="21CD49C4" w14:textId="2DFC3523" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B93968E" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="5B93968E" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>AS "Latvijas valsts meži" k/a Mežvidi, LVM Sēklas un stādi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4803A1D3" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="4803A1D3" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>“Mežvidu kokaudzētava” Kalsnavas pagasts, Madonas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E63E621" w14:textId="6FF4A003" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="4E63E621" w14:textId="6FF4A003" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">29158564, konsultācijas t. </w:t>
             </w:r>
-            <w:r w:rsidR="008D6E7D" w:rsidRPr="0065017D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r w:rsidR="008D6E7D" w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>22034102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69806EF4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...189 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="69806EF4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>mezastadi@lvm.lv,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="59110290" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18FD88B9" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>7.</w:t>
+          <w:p w14:paraId="18FD88B9" w14:textId="54BEAA0E" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5172EF48" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="5172EF48" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>AS "Latvijas valsts meži" k/a Podiņi, LVM Sēklas un stādi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41528156" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="41528156" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>"Podiņi", Indrānu pagasts, Madonas novads,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15389477" w14:textId="68835618" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="15389477" w14:textId="68835618" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">29197339, konsultācijas t. </w:t>
             </w:r>
-            <w:r w:rsidR="008D6E7D" w:rsidRPr="0065017D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r w:rsidR="008D6E7D" w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>22034102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36A45300" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="36A45300" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>mezastadi@lvm.lv,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="01C0D09D" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9C26CD" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>8.</w:t>
+          <w:p w14:paraId="7C9C26CD" w14:textId="3A6BB23C" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D89742C" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="0D89742C" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>AS "Latvijas valsts meži" k/a Pope, LVM Sēklas un stādi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D3A6C76" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="6D3A6C76" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>"Kokaudzētava", Tārgales pagasts, Ventspils novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="755FD8B6" w14:textId="7609E1D0" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="755FD8B6" w14:textId="7609E1D0" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">26599543, konsultācijas t. </w:t>
             </w:r>
-            <w:r w:rsidR="008D6E7D" w:rsidRPr="0065017D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r w:rsidR="008D6E7D" w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>22034102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7909A30B" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="7909A30B" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>mezastadi@lvm.lv,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="122D6970" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0FD500" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>9.</w:t>
+          <w:p w14:paraId="5D0FD500" w14:textId="1BE0EF36" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="436B4329" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="436B4329" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>AS "Latvijas valsts meži" k/a Smiltene,  LVM Sēklas un stādi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04FC446E" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>Stādaudzētava 1, Launkalnes pagasts, Smiltenes novads</w:t>
+          <w:p w14:paraId="04FC446E" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Stādaudzētava</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1, Launkalnes pagasts, Smiltenes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CD9DCD7" w14:textId="28C7634C" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="5CD9DCD7" w14:textId="28C7634C" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">26664995, konsultācijas t. </w:t>
             </w:r>
-            <w:r w:rsidR="008D6E7D" w:rsidRPr="0065017D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r w:rsidR="008D6E7D" w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>22034102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CFA1CBE" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="2CFA1CBE" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>mezastadi@lvm.lv,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="5E8FE99E" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73329AF1" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>10.</w:t>
+          <w:p w14:paraId="73329AF1" w14:textId="28BB247B" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="776F04A9" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="776F04A9" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>AS "Latvijas valsts meži" k/a Strenči, LVM Sēklas un stādi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7912C3FF" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="7912C3FF" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>"Kociņi", Trikātas pagasts, Valmieras novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FF61089" w14:textId="523EBF5C" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="5FF61089" w14:textId="523EBF5C" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">29395418, konsultācijas t. </w:t>
             </w:r>
-            <w:r w:rsidR="008D6E7D" w:rsidRPr="0065017D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r w:rsidR="008D6E7D" w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>22034102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DE53E31" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="7DE53E31" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>mezastadi@lvm.lv,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="0522641A" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52022A24" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...22 lines deleted...]
-              <w:t>11.</w:t>
+          <w:p w14:paraId="52022A24" w14:textId="76A864C7" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38177574" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="38177574" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>AS "Latvijas valsts meži" k/a Valmiera, LVM Sēklas un stādi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7701BCD4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:t>"Kokaudzētava "Valmiera"", Valmiermuiža, Valmieras pagasts, Valmieras novads</w:t>
+          <w:p w14:paraId="7701BCD4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Kokaudzētava "Valmiera"", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Valmiermuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, Valmieras pagasts, Valmieras novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18B5FB1E" w14:textId="35B0AD56" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="18B5FB1E" w14:textId="35B0AD56" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">26678924, konsultācijas t. </w:t>
             </w:r>
-            <w:r w:rsidR="008D6E7D" w:rsidRPr="0065017D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r w:rsidR="008D6E7D" w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>22034102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="186F692B" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0065017D" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...14 lines deleted...]
-                <w:color w:val="00B050"/>
+          <w:p w14:paraId="186F692B" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>mezastadi@lvm.lv,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="7E91763F" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17F016DF" w14:textId="06D70D48" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="0093256F" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="17F016DF" w14:textId="22E333EE" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="0093256F" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>0.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70AA1990" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -2358,129 +2014,144 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ojars.gailitis@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="47CD0025" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="616B1198" w14:textId="436350E8" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...20 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="616B1198" w14:textId="6438CB2E" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0093256F">
-[...21 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="638ED027" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eleonora Kursiša </w:t>
+              <w:t xml:space="preserve">Eleonora </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kursiša</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78D4637F" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -2546,161 +2217,213 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6289131@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="66637528" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8B782A" w14:textId="774C0A66" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="1E8B782A" w14:textId="748DA9A8" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0093256F">
-[...9 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="678DAC3C" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">ZS "Ziedulejas" </w:t>
+              <w:t>ZS "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ziedulejas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="411576DA" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Ziedulejas", Pilskalns, Beļavas pagasts, Gulbenes novads</w:t>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ziedulejas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>", Pilskalns, Beļavas pagasts, Gulbenes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F7D691A" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2734,85 +2457,85 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>eglu.priezu.stadi@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="0D101ADE" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10927313" w14:textId="6BFE2CA6" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="10927313" w14:textId="51BAE3E4" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0093256F">
-[...9 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D5556D3" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2922,129 +2645,155 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>tf13@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="06998EE8" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE36781" w14:textId="59CAF498" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="3DE36781" w14:textId="76CD304F" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0093256F">
-[...9 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="580683D2" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">IK stādaudzētava "SPROGAS"" </w:t>
+              <w:t xml:space="preserve">IK </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>stādaudzētava</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "SPROGAS"" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CFC05D4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -3110,85 +2859,85 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>sandrakivko@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="738CABDE" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0C1FF7" w14:textId="26669506" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="4C0C1FF7" w14:textId="35D1A5AF" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0093256F">
-[...9 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08331DBA" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3220,51 +2969,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C0817A0" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"Galapāpani", Rankas pagasts, Gulbenes novads</w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Galapāpani</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>", Rankas pagasts, Gulbenes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D7F31A9" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3298,73 +3073,85 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>inguunavejina@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="2B55CEFD" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76AA65B9" w14:textId="6FDCDA7C" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="0093256F" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="76AA65B9" w14:textId="6792136E" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="0093256F" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="002869B0" w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="020D50A3" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3396,51 +3183,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53DB3C61" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>“Baltegles”, Bronki, Konstantinovas pagasts, Krāslavas novads</w:t>
+              <w:t xml:space="preserve">“Baltegles”, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bronki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, Konstantinovas pagasts, Krāslavas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CA833CD" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3474,73 +3287,85 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>kavun_ja@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="708C6F90" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15F28047" w14:textId="4D7B5C0E" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="0093256F" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="15F28047" w14:textId="2814E008" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="0093256F" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="002869B0" w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="132FD865" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3702,161 +3527,201 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>laurisvejins@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="088D7D59" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56A0D7A1" w14:textId="34A4D805" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...35 lines deleted...]
-            <w:r w:rsidRPr="006E02B1">
+          <w:p w14:paraId="56A0D7A1" w14:textId="68DF7BCA" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="002869B0" w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="737D201D" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">ZS "Taudejāņi" </w:t>
+              <w:t>ZS "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Taudejāņi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2245F691" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>“Taudejāņi”, Lendžu pagasts, Rēzeknes novads</w:t>
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Taudejāņi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>”, Lendžu pagasts, Rēzeknes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7110E03B" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3890,87 +3755,75 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ingrida.razgale@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="5FD52314" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="370E6672" w14:textId="23F7541C" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...35 lines deleted...]
-            <w:r w:rsidRPr="006E02B1">
+          <w:p w14:paraId="370E6672" w14:textId="63B65237" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="006A3378" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="002869B0" w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E7CF636" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
@@ -4000,51 +3853,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AFE4471" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Atpūtas iela 4, Grobiņa, Dienvidkurzemes novads</w:t>
+              <w:t xml:space="preserve">Atpūtas iela 4, Grobiņa, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Dienvidkurzemes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6794802F" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4078,85 +3957,85 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>kokaudzetava.ive@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="14C23D11" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAF94FA" w14:textId="7A1076B3" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="0EAF94FA" w14:textId="2B50E904" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0093256F">
-[...9 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00F30514" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4266,85 +4145,85 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>edmundskivko@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="09A6A71E" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AAD628B" w14:textId="679CB0C4" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="7AAD628B" w14:textId="00E9C5D5" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0093256F">
-[...9 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="68AA5AE1" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4454,86 +4333,85 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>siapff@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="313A77DF" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5965E6E4" w14:textId="17F663F8" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
-[...21 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="5965E6E4" w14:textId="60E26C9A" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0093256F">
-[...9 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35578D20" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4643,201 +4521,252 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>lainekivko@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="14CD2056" w14:textId="77777777" w:rsidTr="00F17B41">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B156421" w14:textId="7A4D830B" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="2B156421" w14:textId="20EC4BEA" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0093256F">
-[...9 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="006A3378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EAF0FB7" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA "Aušti" </w:t>
+              <w:t>SIA "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Aušti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CFAD57E" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"Dīķkalni", Kārķu pagasts, Valkas novads</w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Dīķkalni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>", Kārķu pagasts, Valkas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DDD1FE9" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>29324879</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="371DFF04" w14:textId="259EF8B8" w:rsidR="002869B0" w:rsidRPr="00F60BDE" w:rsidRDefault="00F60BDE" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F17B41">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
@@ -5319,51 +5248,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="472E6540" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"Kokaudzētava", Kurmāles pagasts, Kuldīgas novads</w:t>
+              <w:t xml:space="preserve">"Kokaudzētava", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kurmāles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pagasts, Kuldīgas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59EF2649" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5463,51 +5418,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CD58124" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>SIA "JAUNEMARI" Dundegas kokaudzētava</w:t>
+              <w:t xml:space="preserve">SIA "JAUNEMARI" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Dundegas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kokaudzētava</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15C81973" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -5839,51 +5820,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1093C1CB" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA " Le Rančo" </w:t>
+              <w:t xml:space="preserve">SIA " </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Le</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rančo" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F7E51E1" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -6247,51 +6254,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01ADE64F" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>“Lielmežs”, Mārkalnes pagasts, Alūksnes novads</w:t>
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Lielmežs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>”, Mārkalnes pagasts, Alūksnes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07692897" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6403,83 +6436,123 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="263A7FA5" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>SIA "Rīgas meži" k/a "Norupes"</w:t>
+              <w:t>SIA "Rīgas meži" k/a "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Norupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D3F9B82" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E02B1">
-[...9 lines deleted...]
-              <w:t>Norupes kokaudzētava, Tīnūžu pagasts, Ogres novads</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Norupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kokaudzētava, Tīnūžu pagasts, Ogres novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C3D9766" w14:textId="68E960BB" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="00957A86" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6603,51 +6676,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C62541C" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA Rika Mūni </w:t>
+              <w:t xml:space="preserve">SIA Rika </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mūni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="334179C2" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -6791,51 +6890,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D36DC92" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA Sodra Latvia </w:t>
+              <w:t xml:space="preserve">SIA </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Sodra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Latvia </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CB89ABD" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -7187,51 +7312,77 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2801BF8C" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"Laucenieki", Gudenieku pagasts, Kuldīgas novads</w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Laucenieki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>", Gudenieku pagasts, Kuldīgas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="661E2890" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7285,51 +7436,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2299E124" w14:textId="60D7B814" w:rsidR="002869B0" w:rsidRPr="0093256F" w:rsidRDefault="0093256F" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>39</w:t>
             </w:r>
             <w:r w:rsidR="002869B0" w:rsidRPr="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="045EDC4D" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0093256F" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7357,51 +7507,75 @@
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46362E9E" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0093256F" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"Kaupres", Viesītes pagasts, Jēkabpils novads</w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0093256F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kaupres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0093256F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>", Viesītes pagasts, Jēkabpils novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27A74987" w14:textId="2EE454AB" w:rsidR="002869B0" w:rsidRPr="0093256F" w:rsidRDefault="008E7282" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
@@ -7818,51 +7992,75 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="36785BEC" w14:textId="65404406" w:rsidR="00391191" w:rsidRPr="0093256F" w:rsidRDefault="00391191" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>SIA “Rairu”</w:t>
+              <w:t>SIA “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Rairu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3D069AF7" w14:textId="14701462" w:rsidR="00391191" w:rsidRPr="00391191" w:rsidRDefault="00391191" w:rsidP="00391191">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -8171,90 +8369,97 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1018846409">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B46288"/>
     <w:rsid w:val="000A490A"/>
     <w:rsid w:val="000D59CE"/>
     <w:rsid w:val="001D268F"/>
+    <w:rsid w:val="00235086"/>
+    <w:rsid w:val="00263E4E"/>
     <w:rsid w:val="002869B0"/>
     <w:rsid w:val="002A3A4E"/>
     <w:rsid w:val="00391191"/>
     <w:rsid w:val="003E3FCB"/>
     <w:rsid w:val="004A6278"/>
+    <w:rsid w:val="004F090B"/>
     <w:rsid w:val="00522430"/>
+    <w:rsid w:val="005D7617"/>
     <w:rsid w:val="00601084"/>
     <w:rsid w:val="0065017D"/>
+    <w:rsid w:val="006A3378"/>
     <w:rsid w:val="006D04FD"/>
     <w:rsid w:val="007F62E6"/>
     <w:rsid w:val="00806263"/>
     <w:rsid w:val="008D6E7D"/>
     <w:rsid w:val="008D7DBF"/>
     <w:rsid w:val="008E7282"/>
     <w:rsid w:val="0091266E"/>
     <w:rsid w:val="009307F8"/>
     <w:rsid w:val="0093256F"/>
     <w:rsid w:val="00934EA5"/>
     <w:rsid w:val="00957A86"/>
     <w:rsid w:val="009A18AF"/>
     <w:rsid w:val="00A9123F"/>
     <w:rsid w:val="00B35A1E"/>
     <w:rsid w:val="00B46288"/>
     <w:rsid w:val="00BA28B6"/>
     <w:rsid w:val="00BC6F3F"/>
     <w:rsid w:val="00BD2E1D"/>
     <w:rsid w:val="00BE7D35"/>
+    <w:rsid w:val="00C3266D"/>
     <w:rsid w:val="00D77899"/>
     <w:rsid w:val="00E171DE"/>
     <w:rsid w:val="00E24E64"/>
     <w:rsid w:val="00E47FC3"/>
     <w:rsid w:val="00F17B41"/>
     <w:rsid w:val="00F53318"/>
     <w:rsid w:val="00F60BDE"/>
     <w:rsid w:val="00FF3964"/>
     <w:rsid w:val="00FF7171"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -8647,177 +8852,177 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B35A1E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izteiksmgs">
+  <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00B35A1E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="002869B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nosaukums">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="NosaukumsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="0091266E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Nosaukums"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:rsid w:val="0091266E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipersaite">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA28B6"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA28B6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="497039792">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9178,76 +9383,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>3208</Words>
-  <Characters>1829</Characters>
+  <Words>3000</Words>
+  <Characters>1710</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5027</CharactersWithSpaces>
+  <CharactersWithSpaces>4701</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Indra Berga</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>