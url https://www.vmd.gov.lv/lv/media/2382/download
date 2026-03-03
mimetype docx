--- v1 (2025-12-07)
+++ v2 (2026-03-03)
@@ -1,78 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="335B96D1" w14:textId="77777777" w:rsidR="00A9123F" w:rsidRDefault="00A9123F"/>
-    <w:p w14:paraId="4EAAF353" w14:textId="53082F8A" w:rsidR="0091266E" w:rsidRDefault="0091266E" w:rsidP="0091266E">
+    <w:p w14:paraId="4EAAF353" w14:textId="1986D2C5" w:rsidR="0091266E" w:rsidRDefault="0091266E" w:rsidP="0091266E">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MEŽA KOKAUDZĒTAVU SARAKSTS (aktualizēts 202</w:t>
       </w:r>
-      <w:r w:rsidR="00957A86">
+      <w:r w:rsidR="00DE5024">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>. gad</w:t>
       </w:r>
       <w:r w:rsidR="00F53318">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
@@ -655,129 +654,81 @@
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12F6B8DA" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">AS "Latvijas valsts meži" k/a </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>AS "Latvijas valsts meži" k/a Mazsili, LVM Sēklas un stādi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3478" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E1E3806" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005D7617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Mazsili</w:t>
-[...65 lines deleted...]
-              <w:t xml:space="preserve"> kokaudzētava", Abavas pagasts, Talsu novads</w:t>
+              <w:t>"Mazsilu kokaudzētava", Abavas pagasts, Talsu novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0857F3D5" w14:textId="6B93868D" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
@@ -1380,73 +1331,60 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>AS "Latvijas valsts meži" k/a Smiltene,  LVM Sēklas un stādi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04FC446E" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D7617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Stādaudzētava</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> 1, Launkalnes pagasts, Smiltenes novads</w:t>
+              <w:t>Stādaudzētava 1, Launkalnes pagasts, Smiltenes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CD9DCD7" w14:textId="28C7634C" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
@@ -1730,75 +1668,51 @@
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7701BCD4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Kokaudzētava "Valmiera"", </w:t>
-[...23 lines deleted...]
-              <w:t>, Valmieras pagasts, Valmieras novads</w:t>
+              <w:t>"Kokaudzētava "Valmiera"", Valmiermuiža, Valmieras pagasts, Valmieras novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18B5FB1E" w14:textId="35B0AD56" w:rsidR="002869B0" w:rsidRPr="005D7617" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
@@ -2081,77 +1995,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="638ED027" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eleonora </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Eleonora Kursiša </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78D4637F" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -2295,135 +2183,83 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="678DAC3C" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>ZS "</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">" </w:t>
+              <w:t xml:space="preserve">ZS "Ziedulejas" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="411576DA" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "</w:t>
-[...25 lines deleted...]
-              <w:t>", Pilskalns, Beļavas pagasts, Gulbenes novads</w:t>
+              <w:t xml:space="preserve"> "Ziedulejas", Pilskalns, Beļavas pagasts, Gulbenes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F7D691A" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2723,77 +2559,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="580683D2" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">IK </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> "SPROGAS"" </w:t>
+              <w:t xml:space="preserve">IK stādaudzētava "SPROGAS"" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CFC05D4" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -2969,77 +2779,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C0817A0" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...25 lines deleted...]
-              <w:t>", Rankas pagasts, Gulbenes novads</w:t>
+              <w:t>"Galapāpani", Rankas pagasts, Gulbenes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D7F31A9" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3183,77 +2967,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53DB3C61" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">“Baltegles”, </w:t>
-[...25 lines deleted...]
-              <w:t>, Konstantinovas pagasts, Krāslavas novads</w:t>
+              <w:t>“Baltegles”, Bronki, Konstantinovas pagasts, Krāslavas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CA833CD" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3397,103 +3155,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D8D61CD" w14:textId="6D806C96" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> novads</w:t>
+              <w:t>"Lejaspāpani", Rankas pagastsGulbenes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23EDB769" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3593,135 +3299,83 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="737D201D" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>ZS "</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">" </w:t>
+              <w:t xml:space="preserve">ZS "Taudejāņi" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2245F691" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>“</w:t>
-[...25 lines deleted...]
-              <w:t>”, Lendžu pagasts, Rēzeknes novads</w:t>
+              <w:t>“Taudejāņi”, Lendžu pagasts, Rēzeknes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7110E03B" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3853,77 +3507,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AFE4471" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atpūtas iela 4, Grobiņa, </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> novads</w:t>
+              <w:t>Atpūtas iela 4, Grobiņa, Dienvidkurzemes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6794802F" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4599,135 +4227,83 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EAF0FB7" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>SIA "</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">" </w:t>
+              <w:t xml:space="preserve">SIA "Aušti" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CFAD57E" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...25 lines deleted...]
-              <w:t>", Kārķu pagasts, Valkas novads</w:t>
+              <w:t>"Dīķkalni", Kārķu pagasts, Valkas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DDD1FE9" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4796,50 +4372,51 @@
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C5E3B97" w14:textId="16A3E1A0" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -5248,77 +4825,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="472E6540" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Kokaudzētava", </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> pagasts, Kuldīgas novads</w:t>
+              <w:t>"Kokaudzētava", Kurmāles pagasts, Kuldīgas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59EF2649" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5418,77 +4969,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CD58124" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA "JAUNEMARI" </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> kokaudzētava</w:t>
+              <w:t>SIA "JAUNEMARI" Dundegas kokaudzētava</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15C81973" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -5820,77 +5345,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1093C1CB" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA " </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> Rančo" </w:t>
+              <w:t xml:space="preserve">SIA " Le Rančo" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F7E51E1" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -6254,77 +5753,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01ADE64F" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>“</w:t>
-[...25 lines deleted...]
-              <w:t>”, Mārkalnes pagasts, Alūksnes novads</w:t>
+              <w:t>“Lielmežs”, Mārkalnes pagasts, Alūksnes novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07692897" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6436,200 +5909,148 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="263A7FA5" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>SIA "Rīgas meži" k/a "</w:t>
-[...25 lines deleted...]
-              <w:t>"</w:t>
+              <w:t>SIA "Rīgas meži" k/a "Norupes"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D3F9B82" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> kokaudzētava, Tīnūžu pagasts, Ogres novads</w:t>
+            <w:r w:rsidRPr="006E02B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Norupes kokaudzētava, Tīnūžu pagasts, Ogres novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C3D9766" w14:textId="68E960BB" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="00957A86" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="7C3D9766" w14:textId="37DC66FF" w:rsidR="002869B0" w:rsidRPr="00BC0652" w:rsidRDefault="00BC0652" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BC0652">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>20291372</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61E627B4" w14:textId="3B9795AD" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="007C2166" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>20042019</w:t>
-[...43 lines deleted...]
-              <w:t>@rigasmezi.lv</w:t>
+              <w:t>miks.upmanis@rigasmezi.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002869B0" w:rsidRPr="006E02B1" w14:paraId="11E75771" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4433A589" w14:textId="49F52A07" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
@@ -6676,77 +6097,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C62541C" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA Rika </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">SIA Rika Mūni </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="334179C2" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -6890,77 +6285,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D36DC92" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> Latvia </w:t>
+              <w:t xml:space="preserve">SIA Sodra Latvia </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CB89ABD" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -7312,77 +6681,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2801BF8C" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...25 lines deleted...]
-              <w:t>", Gudenieku pagasts, Kuldīgas novads</w:t>
+              <w:t>"Laucenieki", Gudenieku pagasts, Kuldīgas novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="661E2890" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="006E02B1" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E02B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7507,75 +6850,51 @@
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46362E9E" w14:textId="77777777" w:rsidR="002869B0" w:rsidRPr="0093256F" w:rsidRDefault="002869B0" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...23 lines deleted...]
-              <w:t>", Viesītes pagasts, Jēkabpils novads</w:t>
+              <w:t>"Kaupres", Viesītes pagasts, Jēkabpils novads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27A74987" w14:textId="2EE454AB" w:rsidR="002869B0" w:rsidRPr="0093256F" w:rsidRDefault="008E7282" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
@@ -7793,71 +7112,83 @@
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>rozesgars@inbox.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E47FC3" w:rsidRPr="006E02B1" w14:paraId="60170A2E" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8B2D91" w14:textId="60E758A1" w:rsidR="00E47FC3" w:rsidRPr="0093256F" w:rsidRDefault="0093256F" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="3B8B2D91" w14:textId="33DEDC64" w:rsidR="00E47FC3" w:rsidRPr="0093256F" w:rsidRDefault="0093256F" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>41</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8190D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="655FEAD1" w14:textId="0B43B422" w:rsidR="00E47FC3" w:rsidRPr="0093256F" w:rsidRDefault="00E47FC3" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093256F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7943,278 +7274,464 @@
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>lazdini55.ll@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00391191" w:rsidRPr="006E02B1" w14:paraId="4AB73A13" w14:textId="77777777" w:rsidTr="0091266E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A512801" w14:textId="61B2A34D" w:rsidR="00391191" w:rsidRPr="0093256F" w:rsidRDefault="00391191" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="1A512801" w14:textId="07B9C9F7" w:rsidR="00391191" w:rsidRPr="0093256F" w:rsidRDefault="00391191" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
+            <w:r w:rsidR="00B8190D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="36785BEC" w14:textId="65404406" w:rsidR="00391191" w:rsidRPr="0093256F" w:rsidRDefault="00391191" w:rsidP="00BD7B0E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>SIA “</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>SIA “Rairu”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3478" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3D069AF7" w14:textId="14701462" w:rsidR="00391191" w:rsidRPr="00391191" w:rsidRDefault="00391191" w:rsidP="00391191">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00391191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Rairu</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>“Kalēji”, Lizuma pagasts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="426B30FF" w14:textId="4173D99C" w:rsidR="00391191" w:rsidRPr="0093256F" w:rsidRDefault="00391191" w:rsidP="00391191">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00391191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>”</w:t>
-            </w:r>
+              <w:t>Gulbenes novads</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="25436C52" w14:textId="5501A509" w:rsidR="00391191" w:rsidRPr="0093256F" w:rsidRDefault="00934EA5" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00934EA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>25752668</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="269F5CC8" w14:textId="3281F3BB" w:rsidR="00391191" w:rsidRDefault="00934EA5" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00934EA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>kokaudzetava@rairu.lv</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8190D" w:rsidRPr="006E02B1" w14:paraId="446F4C7A" w14:textId="77777777" w:rsidTr="0091266E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9AC115" w14:textId="77777777" w:rsidR="00B8190D" w:rsidRDefault="00B8190D" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>43.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02CB5A2E" w14:textId="4085318A" w:rsidR="00B8190D" w:rsidRDefault="00B8190D" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4035" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="75526F69" w14:textId="77777777" w:rsidR="00B8190D" w:rsidRPr="00B8190D" w:rsidRDefault="00B8190D" w:rsidP="00B8190D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8190D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>SIA “Ezeregles kokaudzētava”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4F4384" w14:textId="77777777" w:rsidR="00B8190D" w:rsidRPr="00391191" w:rsidRDefault="00B8190D" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="3D069AF7" w14:textId="14701462" w:rsidR="00391191" w:rsidRPr="00391191" w:rsidRDefault="00391191" w:rsidP="00391191">
-[...53 lines deleted...]
-              <w:t>Gulbenes novads</w:t>
+          <w:p w14:paraId="51DE109F" w14:textId="08E38256" w:rsidR="00B8190D" w:rsidRPr="00391191" w:rsidRDefault="00B8190D" w:rsidP="00391191">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8190D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>"Ezeri", Mālpils pag., Siguldas nov., LV-2152</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="25436C52" w14:textId="5501A509" w:rsidR="00391191" w:rsidRPr="0093256F" w:rsidRDefault="00934EA5" w:rsidP="00BD7B0E">
+          <w:p w14:paraId="53CCC0EC" w14:textId="77777777" w:rsidR="00B8190D" w:rsidRPr="00B8190D" w:rsidRDefault="00B8190D" w:rsidP="00B8190D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00934EA5">
-[...9 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00B8190D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>26789000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F30834B" w14:textId="77777777" w:rsidR="00B8190D" w:rsidRPr="00934EA5" w:rsidRDefault="00B8190D" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="269F5CC8" w14:textId="3281F3BB" w:rsidR="00391191" w:rsidRDefault="00934EA5" w:rsidP="00BD7B0E">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="601A185F" w14:textId="2746EAFE" w:rsidR="00B8190D" w:rsidRPr="00B8190D" w:rsidRDefault="00B8190D" w:rsidP="00B8190D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8190D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ezeregles@gmail.com</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1329C4CB" w14:textId="77777777" w:rsidR="00B8190D" w:rsidRPr="00934EA5" w:rsidRDefault="00B8190D" w:rsidP="00BD7B0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41FD03C9" w14:textId="77777777" w:rsidR="002869B0" w:rsidRDefault="002869B0" w:rsidP="002869B0">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002869B0" w:rsidSect="000A490A">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8366,132 +7883,138 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1018846409">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B46288"/>
     <w:rsid w:val="000A490A"/>
     <w:rsid w:val="000D59CE"/>
     <w:rsid w:val="001D268F"/>
     <w:rsid w:val="00235086"/>
     <w:rsid w:val="00263E4E"/>
     <w:rsid w:val="002869B0"/>
     <w:rsid w:val="002A3A4E"/>
     <w:rsid w:val="00391191"/>
     <w:rsid w:val="003E3FCB"/>
+    <w:rsid w:val="004734BD"/>
     <w:rsid w:val="004A6278"/>
     <w:rsid w:val="004F090B"/>
     <w:rsid w:val="00522430"/>
+    <w:rsid w:val="005303EE"/>
     <w:rsid w:val="005D7617"/>
     <w:rsid w:val="00601084"/>
     <w:rsid w:val="0065017D"/>
     <w:rsid w:val="006A3378"/>
     <w:rsid w:val="006D04FD"/>
+    <w:rsid w:val="007C2166"/>
+    <w:rsid w:val="007F1260"/>
     <w:rsid w:val="007F62E6"/>
     <w:rsid w:val="00806263"/>
     <w:rsid w:val="008D6E7D"/>
     <w:rsid w:val="008D7DBF"/>
     <w:rsid w:val="008E7282"/>
     <w:rsid w:val="0091266E"/>
     <w:rsid w:val="009307F8"/>
     <w:rsid w:val="0093256F"/>
     <w:rsid w:val="00934EA5"/>
     <w:rsid w:val="00957A86"/>
     <w:rsid w:val="009A18AF"/>
     <w:rsid w:val="00A9123F"/>
     <w:rsid w:val="00B35A1E"/>
     <w:rsid w:val="00B46288"/>
+    <w:rsid w:val="00B8190D"/>
     <w:rsid w:val="00BA28B6"/>
+    <w:rsid w:val="00BC0652"/>
     <w:rsid w:val="00BC6F3F"/>
     <w:rsid w:val="00BD2E1D"/>
     <w:rsid w:val="00BE7D35"/>
     <w:rsid w:val="00C3266D"/>
     <w:rsid w:val="00D77899"/>
+    <w:rsid w:val="00DE5024"/>
     <w:rsid w:val="00E171DE"/>
     <w:rsid w:val="00E24E64"/>
     <w:rsid w:val="00E47FC3"/>
+    <w:rsid w:val="00F07645"/>
     <w:rsid w:val="00F17B41"/>
     <w:rsid w:val="00F53318"/>
     <w:rsid w:val="00F60BDE"/>
     <w:rsid w:val="00FF3964"/>
     <w:rsid w:val="00FF7171"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1298FE0C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{371C1A91-3B30-44E5-8F7E-9ADECE5C2EF6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -8859,51 +8382,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
@@ -9383,76 +8905,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>3000</Words>
-  <Characters>1710</Characters>
+  <Words>3071</Words>
+  <Characters>1751</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4701</CharactersWithSpaces>
+  <CharactersWithSpaces>4813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Indra Berga</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>